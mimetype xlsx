--- v0 (2026-02-08)
+++ v1 (2026-03-25)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243169", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243169", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242460", "015")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242460", "veja o vídeo!! VW/GOL 1.0L MC4; 2019/2020; BRANCO; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242046", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242046", "veja o vídeo!! I/JEEP GCHEROKEE LIMITED; 1995/1995; PRETA; GASOL./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242040", "025")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242040", "veja o vídeo!! MMC/L200 TRITON 3.2 D; 2010/2010; PRATA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242031", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242031", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242043", "035")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242043", "veja o vídeo!! FIAT/STRADA ADVENTURE CD; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242045", "040")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242045", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242038", "045")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242038", "AMBULÂNCIA I/M. BENZ REVESCAP AMB SR; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243168", "047")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243168", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242028", "050")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242028", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242033", "055")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242033", "veja o vídeo!! FIAT/PALIO WK ADVEN FLEX; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242027", "060")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242027", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242039", "065")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242039", "I/GM CAPTIVA SPORT AWD; 2008/2009; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242037", "070")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242037", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242026", "075")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242026", "CHEVROLET S10 ADV FD2; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242044", "080")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242044", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242036", "085")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242036", "veja o vídeo!! HONDA/CITY DX FLEX; 2010/2011; PRATA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242029", "090")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242029", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242035", "095")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242035", "veja o vídeo!! FIAT/TORO FREEDOM AT6; 2019/2020; BRANCA; ALCO./GASOL. - NÃO FUNCIONA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242042", "100")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242042", "AMBULÂNCIA I/M. BENZ 415 ALLTECH AMB; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...510 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242030", "105")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242030", "veja o vídeo!! VW/FUSCA 1300 L; 1977/1977; AZUL; GASOLINA - FUNCIONANDO ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>