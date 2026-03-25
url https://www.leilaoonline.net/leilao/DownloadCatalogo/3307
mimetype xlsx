--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242109", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242109", " RENAULT MASTER FURGÃO L1H1; ANO/MODELO: 2019/2020; DIESEL;KM: 103961.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242108", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242108", " VW FUSCA; ANO/MODELO: 1968/1968; GASOLINA; ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242111", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242111", " TRAILER CAMP - 1987 - com documento")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242110", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242110", " CAMINHÃO VW 8.150 E DELIVERY PLUS C/ CARROCERIA MADEIRA ABERTA; ANO/MODELO: 2011/2012; DIESEL;KM: 277976. OBS.: FUNCIONANDO.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242107", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242107", " CAMINHÃO VW 8.150 E DELIVERY PLUS C/ CARROCERIA MADEIRA ABERTA; ANO/MODELO: 2011/2012; DIESEL;  KM: NÃO VISUALIZADO. OBS.: FUNCIONANDO.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>