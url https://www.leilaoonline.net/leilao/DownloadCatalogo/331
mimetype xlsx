--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1403 +269,1231 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14916", "104")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14916", " CAMINHAO MERCEDES BENZ 2635 6X4 TANQUE, ANO 1996, FR72829, UND BENALCOOL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14913", "105")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14913", " CAMINHAO M.BENZ 2635 6X4 TANQUE, ANO 1996, FR72830, UND UNIVALEM")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14917", "106")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14917", " CAMINHAO M.BENZ 2220 6X4 TANQUE, ANO 1988, FR10082, UND SERRA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14910", "107")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14910", " CAMINHAO SCANIA P124 6X4 360TANQUE, ANO/MOD2000/2001, FR173704, UND SERRA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14920", "108")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14920", " CAMINHAO VOLKSWAGEN 15-180 EURO3 WORKER COMBOIO, ANO/MOD 2008/2009, FR40203, UND TAMOIO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14912", "110")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14912", " CAMINHAO VOLKSVAGEN 26-220 6X4 TANQUE, ANO 2006, FR52481, UND COSTA PINTO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>61.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14923", "2401")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14923", "VW/ GOL, ANO 2000,PLACA CWZ3073, FR75551, UND DIAMANTE.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14951", "3224")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14951", " 4 VIRABREQUIM DE COLHEDORA SEM USO, JOHN DEERE 8 LTS, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14959", "3308")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14959", " CAMINHONETE GM/S10 RODEIO 2.8 D 4X4 CABINE DUPLA DIESEL, ANO 2011, PLACA ETF2613, FR58192, UND BARRA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>34.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14960", "3313")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14960", " CAMINHÃO IVECO/EUROCARGO 260E25N, ANO/MOD 2010/2011, PLACA HJF6376, FR96681/98647, UND BARRA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>94</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14961", "3314")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14961", "CAMINHÃO VOLKSWAGEN 24-220 6X4, ANO 2001, FR 96418, UND BARRA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14931", "3324")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14931", "GERADOR TOSHIBA MOTOR YAMAR 4KVA E BANCADA COM MOTOR, IMOB 074328, UND BARRA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14924", "3327")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14924", "5 BOTIJÕES E DOIS FOGÕES 2 E 4 BOCAS, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14925", "3329")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14925", "CAMINHÃO VOLVO FH12 380 6X4, ANO 2002, PLACA CYO1796, FR91205, UND BARRA ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>165</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>56.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14926", "3330")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14926", "CAMINHÃO SCANIA R113 6X4, ANO 1992, PLACA BWJ4129, UND BARRA ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>39.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14927", "3331")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14927", "CAMINHONETE MITSUBISHI L200 4X4 GL, 2001, PLACA JZF9546, FR58100, UND BARRA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14929", "3333")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14929", "VW GOL, ANO 2001, PLACA CWZ3481, FR95037,UND BARRA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14930", "3334")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14930", "VW GOL, ANO 2001, PLACA CWZ3461, FR95034,UND BARRA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14928", "3335")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14928", "VW GOL, ANO 2001, PLACA CWZ3426, FR95033, UND BARRA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14941", "4645")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14941", " HIDROROL DE VINHAÇA, SF , UND COSTA PINTO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14953", "4661")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14953", " 1 VARIADOR 60 CV, 3 MOTORES WEG 1 DE 20 CV E 2 10 CV , IMOB. 142010/20839/142364/137779, UND COSTA PINTO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14934", "4687")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14934", "CALDEIRA BMP-1800 3T DEDINI, S/FR, UND PARAÍSO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15054", "4688")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15054", "DIVERSOS MÓVEIS MESAS, CADEIRAS, BALÇÕES E OUTROS, S/FR, UND PARAÍSO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14943", "8372")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14943", "MÁQUINA DE LAVAR ROUPAS 12KG, VOLTAGEM 220V (MOTOR QUEIMADO) ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14940", "9149")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14940", " CARROC.TANQUE COMBATE INC, FR140241,  UND BOM RETIRO ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14938", "11623")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14938", " REBOQUE R/RANDON RQ CA, ANO 2007, FR10218, PLACA DTP7136, UND SERRA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14936", "11626")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14936", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR133022, PLACA EIG8141, UND SERRA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14949", "12278")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14949", " SUPER CULTIVADOR DMB, ANO 2008,, FR92732")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14935", "13008")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14935", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82616, PLACA DXX0391, UND ZANIN")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14939", "15296")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14939", " REBOQUE R/RANDON RQ CA 8,00M, ANO 2008, FR121431, PLACA EAP7094, UND BONFIM")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14947", "16258")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14947", " 1 CULTIVADOR E 1 SULCADOR, FR25212/67121, UND SANTA HELENA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14942", "16282")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14942", " 1 ESTEIRA C/ 1 JET , FR52595, LOC. BOM RETIRO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14952", "16296")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14952", " 1 BAG SUCATA ELETRICA( CONTATORES, INVERSORES APROX. 300 KL) SF, LOC. SÃO FRANCISCO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14946", "17011")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14946", "MADEIRAS DIVERSAS, S/FR, UND BENALCOOL")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14948", "17025")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14948", "MADEIRAS DIVERSAS, S/FR, UND UNIVALEM")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14944", "17043")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14944", " CAMINHÃO VW/BMB 31.320 CNC CM, ANO/MOD 2011/2012, PLACA EDO2598, FR88182, UND GASA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...153 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14945", "17048")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14945", " 1 TV 29' PANASONIC, S/FR, UND GASA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14950", "17061")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14950", "1 DESSUPERAQUECEDOR DE CALDO E 2 VÁVULA DE 8" E 12" POLEGADAS, PATR.224127/80548/224136, UND MUNDIAL")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14954", "20001")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14954", "PENEIRA VIBRATÓRIA, PAT.190005, IMOB. 42875 NAM5 UND COSTA PINTO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...340 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14955", "20002")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14955", "SUCATA DE BORRACHA, S/FR, UND  COSTA PINTO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...117 lines deleted...]
-      <c r="D34" s="4" t="inlineStr">
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14956", "20004")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14956", "TRATOR CARREGADEIRA - TRATOR FORD 6610,  ANO 1987,  FR139385 IMOB. 227899 , UND COSTA PINTO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>13.900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14958", "20006")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14958", "SUCATA GM/ KADETT IPANEMA SL, ANO 1993, S/FR, UND COSTA PINTO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E34" s="5" t="inlineStr">
-[...127 lines deleted...]
-      <c r="E38" s="5" t="inlineStr">
+      <c r="E52" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
-      <c r="F38" s="4" t="inlineStr">
-[...446 lines deleted...]
-      </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14966", "24005")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14966", "MMC/PAJERO TR4 BLINDADA , ANO/MOD 2004/2005, COR PRATA, GASOLINA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>