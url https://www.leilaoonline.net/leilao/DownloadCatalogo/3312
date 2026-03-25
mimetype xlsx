--- v0 (2025-11-30)
+++ v1 (2026-03-25)
@@ -269,6587 +269,5767 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243071", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243071", "LOTE ÚNICO: CONTÉM TODOS OS LOTES (total de 204 lotes)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242867", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242867", " Cabos, kits, coroas, correntes, iluminação, pistões, cororas e carenagem. Veja especificações")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242872", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242872", " Suporte do bagageiro da BMW F650 - kit top master 6 unid")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242869", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242869", " PTB 00ATEX1002 Marca ROSE SYSTEMTECHNIK GMBH – Aprox. 20 unid")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242870", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242870", " PTB 00ATEX 1002 Marca ROSE SYSTEM TECHNIK GMBH – 10 unid")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242868", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242868", " Dobradiças Johnson Hardware sem parafuso. Aprox. 500 unid")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242877", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242877", " Parafuso Tobutsu / N09-4145-05 – Aprox. 2.000 mil unidades de parafuso")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242874", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242874", " Controle Toshiba cod SE-027 – Aprox. 30 unid")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242871", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242871", " Válvula de gaveta PN40 /05C25 -02 unid")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242878", "029")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242878", " 6 Pares de seta TVS N9321820 – 6 pares")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242873", "032")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242873", " Leitor Optico DV38-02-3 - 10 unid")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242875", "033")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242875", " Leitor Optico DV38-02-3 - 10 unid")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242880", "038")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242880", " Sobrelaminado de transferência térmica – aprox 20 rolos  no estado ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242879", "040")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242879", " Compressores Embraco   no estado – 3 unid ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242883", "041")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242883", " Calhas com e sem lâmpadas no estado  – 7 unid ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242881", "045")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242881", " Paralama club car/ carrinho de golfe  - Aprox. 15 unid.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242887", "048")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242887", " Motor CE 220/380V  -01 unid. Motor Elektrin SH71/2A  - 01 unid ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242892", "049")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242892", " Juntas  - Aprox. 1.200 unid ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242884", "059")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242884", " Aparentemente cabeçote com engrenagem – aprox 6 unid. Conforme lote exposto.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242899", "060")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242899", " Tampa externa veiculo GM  - 6 unid")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242888", "062")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242888", " Thordon modelo F361050181 – SXL  BRG  - aprox  4 peças")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242890", "063")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242890", " Caximbo para vela diversos – aprox 300 peças")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242893", "066")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242893", " Acabamento de bolsas / sapatos / cintos e outros  - aprox 1.000 peças")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242889", "068")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242889", " Placas para DVD – 40 unid aprox ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242882", "069")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242882", " Tampa com placa eletrônica Van derlande  mod 0938009  - Aprox. 20 unid  ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242894", "072")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242894", " Cabos usado em celular modelo GPG M2510 – 40 unid ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242886", "073")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242886", " Botão  - aprox  90 unid ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243073", "076")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243073", " Chave de seta moto antiga  ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242891", "078")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242891", " Caixa de exaustor Camfil n° B625550-033  obs: sem motor   - 01 unid ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242885", "079")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242885", " Molas – aprox.  4 mil unid ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243072", "080")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243072", " Miolo de moto antiga – 10 unid ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243074", "081")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243074", " Fontes diversas – aprox 40 unid ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242900", "082")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242900", " Peças para carrinho de golfe modelo AM1188, Am807, P550012, L26150S. Aprox  15 peças ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242896", "089")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242896", " Daihatsu – aprox 20 unid ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242898", "090")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242898", " Polia do virabrequim volvo FH – modelo 20799474 – 3 unid. Sem uso.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242897", "091")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242897", " Escapamento de moto – 01 unid ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242901", "097")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242901", " Basitek  cod 157257-1  - 8 peças sem uso")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242904", "098")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242904", " Coletor de admissão Apache  - Aprox. 50 unid ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242905", "104")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242905", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242903", "105")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242903", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242906", "106")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242906", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242907", "107")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242907", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242908", "108")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242908", " Lost Constellations  - 5 unid ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242909", "109")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242909", " Peças para bombas gouds – aprox 15 unid ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242910", "110")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242910", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242911", "111")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242911", " Lost Constellations  - 5 unid ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242913", "114")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242913", " Clip de metal para pias – Aprox. 500 unid ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242912", "116")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242912", " Clip de metal para pias – Aprox. 500 unid ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242914", "117")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242914", " Anel Kapco Nas1812-5ª – Aprox. 50 unid ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242915", "120")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242915", " Lote de peças KD Ingenieurtechnik – aprox 1.000 unid ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242916", "123")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242916", " CARTUCHO MIMAKI E EPSON – APROX 19 UNID NO ESTADO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242917", "126")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242917", " PLACAS FAX OPTION TYPE 5001 RICOH SEM USO – 02 UNID")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242918", "129")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242918", " ANTENA SENAOSN-8908 NO ESTADO – 03 UNID")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242920", "131")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242920", " PEÇAS DE TUBULAÇÃO JACOB NOVAS – 21 UNID APROX")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242919", "135")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242919", " PEÇAS PARA EQUIP AGRICOLA SEM USO – 02 UNID")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242925", "138")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242925", " Fontes no estado – 10 unid")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242927", "140")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242927", " Controlador – 4 unid no estado")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242934", "141")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242934", " Bloco hidraulico – Aprox. 100 unid")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242937", "145")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242937", " Molas de veiculos – 4 unid")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242926", "146")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242926", " Carenagem de moto diversas – 50 aprox")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242940", "147")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242940", " Kiwitalk – 38 unid")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242935", "154")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242935", " Linha – aproximadamente 50 rolos")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242939", "155")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242939", " Linha – aproximadamente 50 rolos")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242936", "165")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242936", " Peças diversas. Conforme lote exposto – 22 unid")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242928", "166")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242928", " Adaptador de antena – 1100 unid")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242924", "169")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242924", " Anel de metal – 500 unid aprox")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242941", "175")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242941", " Amano TF5030 Ribbon similar – Aprox. 25 unid")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242922", "176")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242922", "  Frymaster original. 8260993SP – aprox. 50 pares")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242932", "179")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242932", " Cascos virabrequim PS26H-Z 0.5 – 6 pares")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242930", "183")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242930", " Cascos virabrequim PS26H-Z 0.5 – 9 pares")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242923", "189")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242923", " Chicotes diversos – 65 unid aprox")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242929", "190")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242929", " Kliklok – pecas modelos variados - 30 unid aprox")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242931", "196")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242931", " Óculos Bear Stuff – 150 unid aprox")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242933", "197")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242933", " Óculos Bear Stuff – 150 unid aprox")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242938", "198")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242938", " Óculos Bear Stuff – 150 unid aprox")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242954", "201")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242954", " Aprox. 5 mil peças plasticas branca ( conforme imagens)")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242944", "203")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242944", " Produtos da Shurflo")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242943", "204")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242943", " UNBEKANNTESWERK 16 peças aprox ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242961", "208")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242961", " 2 unid Page Modulo de comunicação MX4")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242942", "209")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242942", " Frymaster peças conforme lote exposto")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242955", "210")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242955", " Placas Kill coding 3 unid")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242959", "212")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242959", " F.G TV zoom leans ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242949", "213")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242949", " Composto 3 unid aparelhos eletronicos")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242946", "217")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242946", " 2 discos Bosch WF11")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242964", "220")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242964", " 1 Alarme TV RR e 1 motor")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242963", "225")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242963", " Capas maçaneta automotiva aprox 100 unid ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242952", "226")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242952", " Capas maçaneta automotiva aprox 70 unid   peças para Helicoptero")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242973", "227")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242973", " Peças diversas roteador/ adaptadores ")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242945", "234")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242945", " 2 unid Vision Power ")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242958", "236")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242958", " Caixa direção Koyo ")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242947", "238")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242947", " Aprox 120 peças diversos")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242951", "242")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242951", " Lote composto por placas e HD")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242956", "249")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242956", " Aprox. 250 peças plasticas")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242970", "253")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242970", " Lote de produtos usados para acampamento/ escalada ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242967", "255")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242967", " Lote de peças Boart Longyear / Tsubaki ")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242966", "256")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242966", " Lote de peças para Maquinas Terex ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242975", "258")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242975", "Chicote automotivo GM Cruise")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242969", "259")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242969", " 1 unid IXIA modelo 2112")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242972", "260")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242972", " 1 unid IXIA modelo 2112")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242974", "261")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242974", " Lote de peças para maquina lavar louça ( qtdade e produto conforme imagens)")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242948", "262")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242948", " Aparelho Alcatel ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242953", "264")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242953", " Ratlapa ")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242957", "265")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242957", " Amano pix / aparelho ")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242976", "269")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242976", " Aprox 1000 unid anel para torneira e conexões")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242971", "271")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242971", " Abraçadeira maciça / 5 pares luvas grossas/ 20 peças de fixação ")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242965", "272")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242965", " Peças de moto Ducati originais   transformador de corrente e outros ")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242968", "277")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242968", " Placas diversas ")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242960", "279")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242960", " Aprox 15 placas diversas ")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242950", "282")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242950", " Lote de placas diversas")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242962", "283")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242962", " 3 unid de cilindro aparentemente graficos ")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242983", "288")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242983", " Peças diversas. Conforme lote exposto")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242979", "290")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242979", " Placas diversas")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242984", "291")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242984", " Caixa de banco ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242977", "292")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242977", " KopKit  - 5 kits  / Network - 01 unid /  e outras peças")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242978", "294")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242978", " Alojamento de bomba e campana de roda ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242981", "295")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242981", " Caixa de banco ")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242985", "299")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242985", " Placas Hd e outros")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242988", "300")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242988", " Modulador digital e placa ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242980", "301")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242980", " Placas /Riverbid ")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242986", "302")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242986", "  1 unidade de controlador e 2 aparelhos wireless ")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242987", "304")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242987", " Cilindro P064227.0 FE-UW D110CR")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242982", "306")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242982", " Lona de freio / potenciometro e produtos Putaway Label")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242990", "313")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242990", " aprox 13 peças de tampa de cabeçote aparentemente para empilhadeira ")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242992", "314")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242992", " aprox 13 peças de tampa de cabeçote aparentemente para empilhadeira ")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242991", "315")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242991", " Peças para impressoras diversas")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242989", "324")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242989", " aprox 500 unid de dobradiças")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242994", "327")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242994", " correias, juntas e outros. qtdade conforme imagens ")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243002", "329")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243002", " placas/ correias dentadas e outros")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243000", "330")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243000", " conexões/ valvula/ botijão e outros")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242995", "331")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242995", " placas diversas ")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243003", "332")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243003", " produtos diversos/ placas e outros")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242996", "334")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242996", " placas diversas / e bagageiro BMW para moto")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243004", "335")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243004", " placas diversas e termopar ")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242998", "336")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242998", " bagageiro BMW para moto/ placas e outros ")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242997", "337")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242997", " bagageiro BMW para moto/ placas e outros ")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243005", "338")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243005", " peças symbol e bagageiro BMW para moto")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243006", "340")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243006", " aprox 50 mangueiras para refrigeração automotiva")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243007", "341")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243007", " aprox 50 mangueiras para refrigeração automotiva")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242993", "342")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242993", " aprox 50 mangueiras para refrigeração automotiva")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243001", "343")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243001", " aprox 50 mangueiras para refrigeração automotiva")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243008", "344")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243008", " aprox 50 mangueiras para refrigeração automotiva")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242999", "345")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242999", " aprox 50 mangueiras para refrigeração automotiva")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243009", "348")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243009", " Mil unid parafusos cabeça philips ")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243012", "349")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243012", " Mil unid parafusos cabeça philips ")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243011", "350")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243011", " Mil unid parafusos cabeça philips ")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243010", "351")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243010", " Mil unid parafusos cabeça philips ")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243014", "352")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243014", " Mil unid parafusos cabeça philips ")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243013", "353")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243013", " Mil unid parafusos cabeça philips ")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243015", "354")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243015", " Mil unid parafusos cabeça philips ")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243017", "355")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243017", " Lote de Juntas Volvo aprox 20 unid")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243020", "356")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243020", " Aprox 200 conexões")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243016", "357")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243016", " Aprox 200 conexões")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243018", "358")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243018", " 7 unidades de moldura parabrisa maquina agricola ")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243019", "359")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243019", " 8 unidades de moldura parabrisa maquina agricola ")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243022", "360")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243022", " aprox 50 unid de mangueira para refrigeração automotiva")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243021", "361")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243021", " aprox 50 unid de mangueira para refrigeração automotiva")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243023", "362")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243023", " 1500 unid parafusos cabeça philips ")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243024", "363")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243024", " Lote de produtos Amano aprox 15 unid e placas aprox 6 unid")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243026", "364")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243026", " Lote de produtos Alfa Laval e outros ")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243025", "365")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243025", " Lote de produtos da marca TinyTag Plus e Shunt release/ Cisco e outros")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243028", "367")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243028", " Sensor Philips / sinalizador de incendio/ cabos/ e motor qtdade conforme imagem")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243030", "368")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243030", " Lote de peças Fry jado novas  qtdade conforme imagem")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243029", "369")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243029", " Lote de peças Fry jado novas  qtdade conforme imagem")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243027", "370")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243027", " Chave seletora Fry Jado novas aprox 21 unid")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243031", "371")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243031", " Chave seletora Fry Jado novas aprox 17 unid")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243032", "374")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243032", " Aprox 200 unid de conexões")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243033", "375")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243033", " Aprox 200 unid de conexões")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243035", "376")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243035", " Aprox 200 unid de conexões")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243034", "377")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243034", " Aprox 200 unid de conexões")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243036", "378")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243036", " Aprox 200 unid de conexões")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243037", "379")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243037", " Aprox 200 unid de conexões")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243038", "380")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243038", " Aprox 200 unid de conexões")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243040", "381")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243040", " Aprox 200 unid de conexões")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243039", "382")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243039", " Aprox 200 unid de conexões")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243075", "383")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243075", " Lote composto por barraca camping no estado")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243041", "384")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243041", " 100 unid adaptador de rosca para torneiras")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243042", "385")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243042", " Filtro aprox 2 metros compr 1 unid")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243043", "386")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243043", " Peça para veiculo marca Land Rover produto novo ")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243045", "388")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243045", " Lote composto por aprox 500 unid conexões")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243044", "389")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243044", " Aparelho Schlarge ")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243046", "390")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243046", " Aparelho Schlarge ")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243048", "391")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243048", " Lote composto por conexões Hermeto aprox 150 unid")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243047", "392")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243047", " Lote contendo aprox 27 placas eletronicas")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243049", "393")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243049", " Aprox 1600 chaves tubular ")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243053", "394")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243053", " Aprox 1600 chaves tubular ")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243050", "395")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243050", " Aprox 1600 chaves tubular ")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243051", "396")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243051", " Dobradiça aprox 450 unid. Sem uso")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243052", "397")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243052", " Dobradiça aprox 450 unid. Sem uso")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243054", "398")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243054", " Protetor auditivo Camper aprox 20 unid (sem uso)")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243056", "399")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243056", " Luva de PVC  46 Volki 12 pares (sem uso)")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243059", "400")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243059", " Peças diversas- capacitores, fusiveis e outros.  Quantidade conforme lote exposto.")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243055", "401")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243055", " Peças de maquina de costura. Quantidade conforme lote exposto.")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243060", "402")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243060", " Diversos - tubo hidraulico maquina agricola/ peças SMC  e Seiki Suruga. Quantidade conforme lote exposto.")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243058", "403")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243058", " lote contendo 7 produtos Sem uso: 3 cabos king signal 1/2" com conector, 1 cabo M12 RJ45 e 3 conectores Sim femea ")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243057", "404")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243057", " lote contendo 1 placa. Descrição conforme imagem")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243061", "405")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243061", " lote contendo 1 placa. Descrição conforme imagem")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243063", "406")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243063", " lote contendo 1 placa. Descrição conforme imagem")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243065", "407")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243065", " lote contendo 2 HD e aprox 20 placas conforme lote exposto")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243062", "408")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243062", " lote contendo 5 placas novas EMC descrição conforme lote exposto")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243064", "409")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243064", " Aprox. 60 unid de placas eletronicas conforme lote exposto")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243066", "410")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243066", " peças plásticas com parafusos para lampada tubolar. Alta quantidade conforme imagens e lote exposto.")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243067", "411")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243067", " 6 telefones Avaya no estado")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243069", "412")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243069", " Porta injetor. Aprox 30 unid ")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243068", "414")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243068", " lote de peças Nissan. Quantidade conforme lote exposto")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243070", "415")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243070", " Firewall marca Fireye modelo HX4400")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>