--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243082", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243082", " 10 UNDADES PISTÕES - COMPRIMENTO APROX. 1.500MM X APROX. 5 POLEGADAS DIAMETRO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243077", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243077", " TRATAMENTO DE ÁGUA ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243088", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243088", " GARRA FLORESTAL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243080", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243080", " ESTEIRA  MEDINDO 1.5 M DE COMPRIMENTO E 0,40 M DE LARGURA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243083", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243083", " ELEVADOR DE CARGA  - CAPACIDADE 800 KGS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243076", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243076", " ELEVADOR DE CARGA  - CAPACIDADE 800 KGS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243087", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243087", " MISTURADOR DE TINTA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243111", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243111", "APROX. 12.000 KILOS CHAPAS GALVANIZADOS - 2.000 X 500 X 0,60")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243085", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243085", " MOTOR DIESEL JOHN DEERE")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243084", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243084", " MAQUINA DE CORTAR TIRAS DE BORRACHA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243078", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243078", " TANQUE DE AÇO CARBONO CAPAC. 10.000 LITROS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243079", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243079", " TANQUE DE AÇO CARBONO CAPAC. 5.000 LITROS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243081", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243081", " EQUIPAMENTO PARA MISTURAR")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243086", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243086", " DESCASCADOR DE MADEIRA VALOMET")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243089", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243089", " FORNO BRASIMET TENSÃO 220V / CAPACIDADE 1.000 GRAUS/LARGURA 800MM X COMPRIMENTO 1.000MM")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243092", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243092", " [ VÍDEO ] PLATAFORMA ELEVATÓRIA MÓVEL CAPACIDADE 2,5 TON / ALTURA 1.700MM")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243090", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243090", " TRATAMENTO DE AGUA POR OSMOSE/DESTILADOR DE ÁGUA / BOMBA KSB/VOLTAGEM 220,380/COM 2 VÁLVULAS ALFA LAVAL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243095", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243095", " 02 UN. TÚNEL DE ENCOLHIMENTO SLIVIS / VOLTAGEM 220")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243093", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243093", " COMPRESSOR BOOSTER TENSÃO 380/600")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243094", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243094", " FORNO PARA TÊMPERA 1.000 GRAUS - MEDINDO LARGURA 500MM X COMPRIMENTO 1.000MM")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243097", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243097", " MÁQUINA AUTOMATICA PARA CONTAR PINTINHOS / CONTAGEM 25.000/HORA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243091", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243091", " ALTERNADOR WEG MOD. GPA 500 1.250KVA/10.500V/6 POLOS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243096", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243096", " ALTERNADOR WEG MOD. GPA 500 1.250KVA/10.500V/6 POLOS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243098", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243098", "03 UN. BOMBAS PARA ABASTECIMENTO DE ÓLEO DIESEL ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243099", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243099", "FILTRO PRENSA PARA ÓLEO COM MOTOR WEG 3 CV")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243100", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243100", "TANQUE PP 1.600 LITROS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243106", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243106", " 13 unidades - Caçamba para remover Cavaco/ estamparia e outros com rodizio")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243101", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243101", " Carro Hidraulico Paleteira Pontografica manual 1 tn ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243103", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243103", " 20 unidades Gaveteiro com rodizio")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243107", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243107", " Aprox. 1300 kilos lote de franges e filtros ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243102", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243102", " 10 unidades armários para vestiário ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243105", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243105", " Aprox. 8 ton. vigas de 8 e 10 polegadas ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243104", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243104", " 10 unidades carrinho para transporte de peça e ferramentas ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243108", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243108", " 30 unidades cadeiras giratórias para escritório ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243109", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243109", "EMPILHADEIRA HYSTER ANO 1986 CAPAC. 4 TON.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...1086 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243110", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243110", "GUINDASTE MASAL MODELO 20004 ANO 1997 - 2 LANÇAS HIDRÁULICAS MANUAIS")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>