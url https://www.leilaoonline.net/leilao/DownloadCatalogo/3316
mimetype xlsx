--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243158", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243158", " APROX. 82 CPUS DIVERSAS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243159", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243159", " APROX. 79 CPUS E TONERS DIVERSOS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244590", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244590", "Aprox. 146 Notebooks")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243164", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243164", " REFLETORES DIVERSOS (ALUMÍNIO OU FERRO FUNDIDO)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243161", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243161", " CABINE DE AUDIOMETRIA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243160", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243160", " MACAS, 5 ARMÁRIOS C/ LATERAIS EM VIDRO, 2 BALANÇAS WELMY C/ MEDIDOR DE ALTURA, MESAS HOSPITALARES, SUPORTES P/ SORO, APOIOS DE BRAÇO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243166", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243166", " CONDULETES DIVERSOS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243162", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243162", " 12 REFLETORES À PROVA DE EXPLOSÃO E 3 REFLETORES DIVERSOS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244415", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244415", " Aprox. 12  Impressoras HP Officejet 7110")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244430", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244430", " PASS-THROUGH Thermico 220V")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244411", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244411", " PASS-THROUGH Thermico 220V")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244412", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244412", " Refrigerador Industrial 6 portas 220V")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244429", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244429", " Aprox. 06 Travaquedas AT 7071")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244427", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244427", " Aprox. 30 Esmerilhadeiras")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244425", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244425", " Aprox. 49 itens: furadeiras, marteletes, parafusadeiras, serras e soprador")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243165", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243165", " RECEPTORES DE ANTENA PARABÓLICA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243163", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243163", "APROX. 70 MÁQUINAS FOTOGRÁFICAS DIGITAIS. VÁRIOS MODELOS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244420", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244420", " Aprox. 20 esmerilhadeiras")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244413", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244413", " Aprox. 30 esmerilhadeiras")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244414", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244414", " Aprox. 24 un. de Esmerilhadeira angular EP HILTI 7" AG-180-20D 230V (AF)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244422", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244422", " Aprox. 70 esmerilhadeiras")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244423", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244423", " Aprox. 196 esmerilhadeiras")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244591", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244591", "Aprox. 78 Esmerilhadeiras Angular EP Hilt.4.1/2’’")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244416", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244416", " Aprox. 54 retíficas")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244424", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244424", " Aprox. 150 un. de Tocha Seca TIG HW26V TI862 3,5. Com Conector, Macho e Mangueira")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244592", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244592", "Aprox. 300m de cabos de Aço BERG-STEEL p/ Tirfor. Aprox. 1.600Kg (AACI6x25) 11mm (15 RL)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244419", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244419", " Aprox. 37 Caixas montagem painel eletrico (vazias). Com suporte Pés")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244417", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244417", " Compressor de ar 10 pés 100L 2 hp 140 lbs monofásico CSL 10BR/100")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244418", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244418", " Bomba, dispensadores, policortes e serra")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244421", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244421", " Aprox. 75 Caixas de ferramenta Metalicas 5 Gavetas")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244428", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244428", " 09 armários de aço")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...670 lines deleted...]
-      </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244426", "037")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244426", " Aprox. 96 Caixas montagem painel eletrico (vazias)")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>