--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,2171 +269,1903 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243232", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243232", " Refrigerador by side 528 litros Midea")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243224", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243224", " Lava e seca Midea ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.130,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243213", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243213", " 5 un. frigobar Midea - diversos ( sucata)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243222", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243222", " Lava e seca smart Midea ( sucata)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243230", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243230", " Lava e seca smart Midea ( sucata)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243217", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243217", " Freezer Midea ( sucata)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243209", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243209", " Gerador 15 KVA diesel marca Branco - sem uso (zero horas) ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243210", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243210", " Gerador D12000 iE (para drone agrícola) - sem uso (zero horas) ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245226", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245226", "12 ROLOS DE ARAME DE SOLDA MIG (15KG/CADA)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245227", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245227", "IMPRESSORA PLOTTER ULTRAJET MOD. ULTRA CAM  - SEM USO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243455", "344")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243455", "29 GALÔES (28KG CADA) CLORETO DE CÁLCIO SOLUÇÃO 40% (REPOSIÇÃO DE CÁLCIO PERDIDO PELO LEITE DURANTE A PASTEURIZAÇÃO)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243248", "347")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243248", " 4 telas de retroprojetores sendo: 2 com tripé e 2 sem")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243249", "348")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243249", " 6 luzes de emergência sendo 5 com baterias e 1 sem")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243251", "353")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243251", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243250", "354")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243250", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...89 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243252", "356")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243252", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243216", "1000")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243216", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243227", "1001")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243227", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243226", "1002")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243226", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243221", "1003")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243221", "  Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243215", "1004")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243215", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243214", "1005")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243214", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243211", "1006")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243211", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243218", "1007")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243218", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243220", "1008")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243220", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243219", "1009")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243219", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243212", "1010")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243212", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243229", "1011")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243229", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243223", "1012")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243223", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243231", "1013")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243231", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243237", "1014")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243237", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243225", "1015")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243225", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243240", "1016")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243240", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243236", "1017")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243236", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243239", "1018")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243239", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243228", "1019")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243228", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243235", "1020")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243235", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243234", "1021")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243234", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243238", "1022")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243238", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243245", "1023")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243245", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243233", "1024")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243233", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243244", "1025")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243244", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243243", "1026")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243243", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243246", "1027")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243246", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243241", "1028")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243241", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243242", "1029")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243242", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246210", "1030")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246210", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246211", "1031")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246211", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246212", "1032")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246212", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246213", "1033")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246213", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246214", "1034")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246214", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246215", "1035")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246215", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246217", "1036")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246217", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246219", "1037")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246219", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246218", "1038")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246218", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246216", "1039")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246216", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246221", "1040")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246221", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246220", "1041")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246220", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246222", "1042")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246222", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246228", "1043")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246228", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246225", "1044")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246225", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246230", "1045")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246230", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246227", "1046")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246227", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246223", "1047")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246223", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246229", "1048")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246229", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246226", "1049")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246226", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246224", "1050")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246224", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>