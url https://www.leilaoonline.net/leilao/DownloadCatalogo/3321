--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,7675 +269,6719 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243933", "6036")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243933", "CAIXA D'ÁGUA APROX. 20X3 METROS. - S/FR. - LOC. PARAÍSO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245655", "10058")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245655", "GM S10 ADVANTAGE S; ANO 2011/2011; BRANCO; ÁLCOOL/GASOLINA. - FR9006002. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243934", "10077")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243934", "COLHEDORA JOHN DEERE.- ANO 2014 - FR91518. - LOC. PARAÍSO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243573", "10085")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243573", "TRATOR CASE MX 260; ANO 2017. - FR188964. - LOC. DIAMANTE")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243920", "10087")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243920", "CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2010/2010; BRANCO; CARROCERIA BAZUKA. - FR88170. - LOC. GASA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243921", "10088")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243921", "CAMINHÃO VOLKSWAGEN 26.280 6X4; ANO 2012/2013; BRANCO; CARROCERIA TRANSBORDO ANTONIOSI ATA 12000 SC; ANO 2012. - FR88168/FR140407. - LOC. GASA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243579", "10089")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243579", "CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2010/2010; BRANCO; CARROCERIA TRANSBORDO ANTONIOSI. - FR88173. - LOC. GASA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>103.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244285", "10142")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244285", "CAMINHÃO MUNCK MERCEDES BENZ AXOR 3344 6X4; ANO 2014/2014; BRANCO. - FR10646. - LOC. SERRA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>270.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244336", "10143")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244336", "GRADE ARADORA 16 DISCOS - FABRICAÇÃO PRÓPRIA. - S/FR. - LOC. SERRA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244300", "10144")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244300", "CAMINHÃO MUNCK MERCEDES BENZ AXOR 3344 6X4; ANO 2013/2013; BRANCO. - FR131234/FR134133. - LOC. SERRA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>259.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244290", "10145")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244290", "TRATOR VALTRA BH 180; ANO 2013. - FR360744. - LOC. SERRA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>102.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244317", "10146")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244317", "TRATOR CASE MAGNUM 235; ANO 2013. - FR127018. - LOC. SERRA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244297", "10147")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244297", "PLANTADORA ANTONIOSI DT1102. - ANO 2018 - FR20898. - LOC. SERRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244293", "10148")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244293", "TRANSBORDO ANTONIOSI ATA 12000; ANO 2015. - FR135652. - LOC. ZANIN")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244273", "10149")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244273", "TRATOR JOHN DEERE 7230J; ANO 2017. - SUCATEADO. - FR126107. - LOC. BONFIM")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244321", "10150")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244321", "APROX. 16 MÁQUINAS SOLDA E 1 ESMERIL. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244280", "10151")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244280", "  2 PARTES EQUIP. CIVEMASA STAC P500. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244308", "10152")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244308", " REBOQUE RANDONSP RQ CA; ANO 2010/2011; AZUL. - FR121481. - LOC. BONFIM")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244301", "10153")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244301", "SEMI REBOQUE FACCHINI SRF TC; ANO 2015/2015; CINZA. - FR112658. - LOC. BONFIM")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244298", "10154")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244298", "PLANTADORA SERMAG SMI 14.000 MULTIFUNCIONAL 2 LINHAS. - FR122260. - LOC. BONFIM")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244286", "10155")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244286", "CARRETA DISTRIBUIDORA DE TORTA SOLLUS, ANO 2008 - FR122282. - LOC. BONFIM")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244322", "10156")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244322", " TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - FR123793. - LOC. BONFIM")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244268", "10157")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244268", "TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244271", "10158")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244271", "TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244326", "10159")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244326", "TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244277", "10160")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244277", "TRANSBORDO ANTONIOSI. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244310", "10161")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244310", "CARRETA DISTRIBUIDORA DE TORTA, ANO 2008 - FR122279. - LOC. BONFIM")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244295", "10162")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244295", "PLANTADORA DMB, ANO 2007. - FR361016. - LOC. BONFIM")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244316", "10163")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244316", "TRANSBORDO ANTONIOSI ATA 12000; ANO 2009. - FR123781. - LOC. BONFIM")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244325", "10164")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244325", "TRANSBORDO ANTONIOSI, ANO 2018 - FR123906. - LOC. BONFIM")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244333", "10165")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244333", "TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - FR123909. - LOC. BONFIM")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244275", "10166")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244275", "TRATOR CASE PUMA 215; ANO 2017. - SUCATEADO. -  FR14802288. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244282", "10167")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244282", "TRATOR CASE FARMALL 110; ANO 2017. - SUCATEADO. - FR14002152. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244294", "10168")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244294", "TRATOR CASE FARMALL 110A; ANO 2016. - FR14002150. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244306", "10169")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244306", " ROÇADEIRA. - FR14003372. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244304", "10170")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244304", "  1 MOTO BOMBA E 1 CAIXA DE ÓLEO. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244332", "10171")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244332", "  3 ROSCAS SEM FIM E 3 COCHOS. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244307", "10172")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244307", "CARRETA BAZUKA. - FR13003128. - LOC. MB")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244318", "10173")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244318", "REBOQUE RODOVIARIA RQ CI HI; ANO 1995/1995; VERDE; COM MOTO BOMBA E HIDROROLL. - FR11004325/FR13003007/FR13005016. - LOC. MB")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244320", "10174")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244320", " HIDROROLL COM MANGUEIRA. - FR13003028. - LOC. MB")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244281", "10175")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244281", " MOTO BOMBA. - FR13005011. - LOC. MB")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244287", "10176")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244287", " MOTO BOMBA. - FR13005007. - LOC. MB")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244288", "10177")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244288", " MOTO BOMBA. - FR13005013. - LOC. MB")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244289", "10178")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244289", " MOTO BOMBA. - FR13005002. - LOC. MB")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244276", "10179")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244276", " MOTO BOMBA. - FR13005006. - LOC. MB")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244279", "10181")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244279", " REBOQUE GOYDO REG CAN; ANO 1999/1999; CINZA. -  COM ÁREA DE VIVENCIA GDE. - FR13004148. - LOC. MB")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244314", "10182")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244314", " REBOQUE GOYDO REG CAN; ANO 1999/1999; CINZA. -  COM ÁREA DE VIVENCIA GDE. - FR13804146. - LOC. MB")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244305", "10183")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244305", " HIDROROLL COM MANGUEIRA. - FR13003029. - LOC. MB")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244278", "10184")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244278", " HIDROROLL COM MANGUEIRA. - FR13003006. - LOC. MB")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244274", "10185")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244274", " HIDROROLL COM MANGUEIRA. - FR13003005. - LOC. MB")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244269", "10186")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244269", " REBOQUE FACCHINI RFRBC; ANO 1997/1997; CINZA. - FR13004118 - LOC. MB")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244328", "10187")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244328", " CARROCERIA TANQUE GASCOM. - FR289495. - LOC. MB")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244309", "10188")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244309", " CARROCERIA TANQUE ANDRADE. - FR3070. - LOC. MB")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>50.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244283", "10189")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244283", " SEMI REBOQUE RANDON SR CA; ANO 2006/2007; VERDE. - FR11004296. - LOC. MB")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244272", "10190")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244272", " SEMI REBOQUE RANDON SR CA; ANO 2006/2007; VERDE. - FR11004294. - LOC. MB")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244313", "10191")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244313", " SEMI REBOQUE RANDON SR CA; ANO 2006/2007; VERDE. - FR13004107. - LOC. MB")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244303", "10192")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244303", " GRADE CIVEMASA GVP; ANO 2012. - S/FR. - LOC. MB")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244284", "10193")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244284", " SUBSOLADOR CIVEMASA STAC; ANO 2012. - FR13003134. - LOC. MB")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>38.350,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244291", "10194")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244291", " COLHEDORA JOHN DEERE 3522; ANO 2011. - FR1002018. - LOC. MB")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244299", "10195")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244299", " COLHEDORA JOHN DEERE 3522; ANO 2012. - FR13002060. - LOC. MB")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244311", "10196")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244311", " COLHEDORA JOHN DEERE 3522; ANO 2012. (SEM MOTOR). - FR9002008. - LOC. MB")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244270", "10197")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244270", " ARADO IKEDA. - FR13003188. - LOC. MB")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244324", "10198")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244324", " COLHEDORA JOHN DEERE 3522; ANO 2014. (SEM MOTOR). - FR12802126. - LOC. MB")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244302", "10199")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244302", " CENTRIFUGA AÇÚCAR TGB 350. - PAT.CTBMD0004. - LOC. MB")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244296", "10200")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244296", " MOTO BOMBA. - FR13005008. - LOC. MB")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244312", "10201")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244312", " MOTO BOMBA. - FR13005012. - LOC. MB")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244337", "10202")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244337", " CARRETA DE TRANSPORTE DE TUBOS. - FR13003169. - LOC. MB")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244335", "10203")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244335", " RETROESCAVADEIRA CIVEMASA; MOD. RTC S 0404 - RTC3000. - S/FR. - LOC. MB")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244292", "10204")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244292", " MOTO BOMBA. - FR11005032. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244339", "10205")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244339", " GRADE ARADORA COM 22 DISCOS. - FR11003371. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244315", "10206")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244315", "  2 MOTORES ELÉTRICOS / 1 CAIXA DE INOX / 1 BASE / 1 BASE COM BOMBA / 3 CARCAÇAS DE BOMBA. - S/FR. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244334", "10207")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244334", " APROX. 47 PNEUS DIVERSOS. - S/FR. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>7.450,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244327", "10208")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244327", " APROX. 100  ITENS MOTORES/ROTORES e PARTES DIVERSAS. - S/FR. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244338", "10209")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244338", " CARROCERIA TANQUE DE AÇO. - S/FR. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244267", "10210")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244267", " PULVERIZADOR FM COPLING. - FR11003193. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244330", "10211")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244330", " TRANSBORDO SANTA IZABEL TASI 15.000; ANO 2013. - FR11003724. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244331", "10212")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244331", " CARROCERIA TRANSBORDO SANTA IZABEL CAIXOTE DUPLO. - S/FR. - LOC. VALE DO ROSÁRIO ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244329", "10213")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244329", " CARROCERIA TRANSBORDO SANTA IZABEL CAIXOTE DUPLO TASI 14.000. - S/FR. - LOC. VALE DO ROSÁRIO ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244323", "10214")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244323", " REBOQUE RODOVIARIA RQ CI HI; ANO 1995/1995; VERDE. - FR11004327. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244340", "10215")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244340", "  7 BALCÕES / 1 CALDEIRA /  1 FOGÃO / 4 BOTIJÕES DE GÁS. - S/FR. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244319", "10216")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244319", " CAMINHÃO BAÚ OFICINA VOLKSWAGEN  26-220; ANO 2002/2002; BRANCO; COM GERADOR. - FR11001036/FR11005060. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245506", "10226")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245506", " ELIMINADOR DE SOQUEIRA DMB. - FR513160. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245485", "10229")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245485", " MOTOR SETTIMO EST. BRANCO BD-10.0. - FR8003178. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245493", "10230")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245493", " MOTOBOMBA. - FR8005035. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245499", "10231")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245499", " MOTOR SETTIMO TUBO; EST.BRANCO BD-10.0 S/TRAFO. - FR513176. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245507", "10232")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245507", " MOTOR SETTIMO EST.BRANCO BD-10.0 S/ TRAFO SUCATEADO. - FR8003185. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245498", "10234")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245498", " CARRETINHA DE TUBO. - FR8004010. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245501", "10236")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245501", " SUCATA DE MOTOBOMBA. - FR8001064. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245490", "10237")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245490", " CHASSI DE MOTOBOMBA. - FR8004029. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245495", "10239")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245495", " SUCATA DE MOTOBOMBA. - FR8005036. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245492", "10240")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245492", " SUCATA DE MOTOBOMBA. - FR8005038. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>5.450,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245486", "10241")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245486", " SUCATA DE MOTOBOMBA. - FR8005044. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245494", "10242")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245494", " PEÇAS DIVERSAS: BLOCOS; VOLANTE E OUTROS. - S/FR. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>9.850,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245502", "10243")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245502", " SUCATA DE QUADRICICLO POLARIS 570. - FR11006025. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245508", "10247")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245508", " TRATOR CASE PUMA 200 4X4; ANO 2016. - FR8002043. SUCATEADO - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245505", "10248")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245505", " CARRETA PARA TRANSPORTE DE TUBOS. - S/FR. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245504", "10249")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245504", " CARRETA PARA TRANSPORTE DE TUBOS. - S/FR. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245510", "10250")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245510", " CARRETA PARA TRANSPORTE DE TUBOS. - FR8004001. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245511", "10251")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245511", " MOTO BOMBA MWM 6.12 TCA. - FR8004023. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245509", "10252")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245509", " MOTO BOMBA MWM 6.12 TCA. - FR8004014. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245496", "10253")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245496", " REBOQUE RODOVIARIA RQ CI HI; ANO 1995/1995; VERDE; COM BAÚ OFICINA E MOTO BOMBA. - FR11004324. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245488", "10255")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245488", " CARROCERIA TRANSBORDO SANTA IZABEL TASI 14000. - PAT289796. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245500", "10256")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245500", " CARROCERIA TRANSBORDO SANTA IZABEL TASI 14000. - PAT.289798. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245487", "10257")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245487", " HIDROROLL IRRIGABRASIL METALMAG. (ROLÃO) - FR8003083. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245489", "10258")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245489", "  5 RACKS DE BATERIAS. - S/FR. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245503", "10261")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245503", " CARROCERIA COMBOIO GASCOM. - S/FR. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245491", "10263")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245491", "  5 SUCATAS DE MOTO BOMBA; 1 MOTOR EST. E 1 ROÇADEIRA. - S/FR. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>17.650,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243935", "10300")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243935", "COLHEDORA JOHN DEERE. - ANO 2010 - FR163618. - LOC. PARAÍSO")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243936", "10301")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243936", "COLHEDORA JOHN DEERE 3522. - ANO 2012 - FR32235. - LOC. PARAÍSO")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243937", "10302")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243937", " ESPECTOFOTOMETRO HACH DR 4000. - PAT.245380. - LOC. PARAÍSO")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243938", "10303")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243938", " ESPECTOFOTOMETRO DR 6000. - PAT.244142. - LOC. PARAÍSO")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243942", "10304")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243942", " ESPECTOFOTOMETRO DR 6000. - PAT.265517. - LOC. PARAÍSO")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243943", "10305")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243943", " ESPECTOFOTOMETRO GTR BEL-1105. - PAT.245366. - LOC. PARAÍSO")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243941", "10306")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243941", " SACARIMETRO ACATEC SDA 2500. - PAT.322026. - LOC. PARAÍSO")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243939", "10307")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243939", " APROX. 7 BALANÇAS DIVERSAS. - PAT.244136 / PAT.245354 / PAT.245353 / PAT.244131 / PAT.245375 / PAT.323662 / PAT.245363. - LOC. PARAÍSO")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243940", "10308")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243940", "APROX. 10 EQUIPAMENTOS DE LABORATÓRIO DIVERSOS. - PAT.244110/ PAT.245369/ PAT.244119/ PAT.244121/ PAT.245370/ PAT.354061/ PAT.244120/ PAT.245367/ PAT.354065/ PAT.161687/ PAT.244134. - LOC. PARAÍSO")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243948", "10309")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243948", " SISTEMA DE RESFRIAMENTO DE ÁGUA E DESTILADOR DE ÁGUA TE1783. - PAT.075446/ PAT.245398/ PAT.245381. - LOC. PARAÍSO")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243946", "10310")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243946", " APROX. 40 CADEIRAS; 11 MESAS; 10 ARMÁRIOS; SUCATA DE DIVISÓRIAS E PORTAS EM GERAL. - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243949", "10311")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243949", " CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER; ANO 2008/2009; BRANCO. - FR96469. - LOC. BARRA")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>143.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243945", "10312")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243945", " CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER; ANO 2010/2010; BRANCO. - FR96626. - LOC. BARRA")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>157.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243950", "10313")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243950", " CAMINHÃO TANQUE VOLKSWAGEN 26.220 EURO3 WORKER; ANO 2008/2008; BRANCO. - FR96463. - LOC. BARRA")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>164.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243947", "10314")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243947", " CAMINHÃO MUNCK VOLKSWAGEN 17.180 EURO3 WORKER; ANO 2008/2008; BRANCO. - FR96466. - LOC. BARRA")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>137.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243944", "10315")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243944", " APROX. 15 TUBOS DIVERSOS. - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>15.100,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243932", "10318")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243932", " CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2010/2010; BRANCO; CARROCERIA TRANSBORDO CAIXOTE DUPLO ANTONIOSI. - FR88174. - LOC. DIAMANTE")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>181.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243952", "10319")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243952", " REBOQUE ANTONINI; ANO 1997/1997; AZUL; COM TRANSBORDO CAIXOTE DUPLO. - FR96154. - LOC. DIAMANTE")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243961", "10322")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243961", " TRANSBORDO CIVEMASA TAC 10500. - ANO 2007 - FR8003021. - LOC. DIAMANTE")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243954", "10323")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243954", " TRANSBORDO CIVEMASA TAC 10500.- ANO 2009 - FR1003022. - LOC. DIAMANTE")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243960", "10324")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243960", " TRANSBORDO CIVEMASA TAC 10500.- ANO 2009 - FR1003007. - LOC. DIAMANTE")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243953", "10325")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243953", " TRANSBORDO CIVEMASA TAC 10500; ANO 2007. - FR8003036. - LOC. DIAMANTE")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243965", "10326")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243965", " DOLLY. - S/FR. - LOC. DESTIVALE (VENDA SEM DIREITO A DOCUMENTAÇÃO)")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243959", "10327")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243959", " SEMI REBOQUE TANQUE FIBRA RANDONSP SRBS IN; ANO 2010/2010; AZUL. - FR82651. - LOC. DESTIVALE")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243966", "10328")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243966", " SEMI REBOQUE TANQUE FIBRA RANDONSP SRBS IN; ANO 2010/2010; AZUL. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243968", "10329")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243968", " MÓVEIS DIVERSOS. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243969", "10335")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243969", " APROX. 15 CADEIRAS. - S/FR.- LOC. DESTIVALE")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243964", "10336")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243964", " SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2008/2008; AZUL. - FR96295. - LOC. GASA")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243978", "10336")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243978", " SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2008/2008; AZUL. - FR96295. - LOC. GASA")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243967", "10337")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243967", " SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2008/2008; AZUL. - FR88507. - LOC. GASA")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243974", "10338")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243974", " SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2008/2008/ AZUL. - FR88517. - LOC. GASA")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243971", "10339")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243971", " REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR82629. - LOC. GASA")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243970", "10340")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243970", " SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2008/2008; AZUL. - FR88501. - LOC. GASA")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243980", "10341")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243980", " REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR112596. - LOC. GASA")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243977", "10342")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243977", " SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2008/2008; AZUL. - FR88506. - LOC. GASA")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243981", "10343")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243981", " SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2008/2008; AZUL. - FR88503. - LOC. GASA")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243976", "10345")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243976", " SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2008/2008; AZUL. - FR88515. - LOC. GASA")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243983", "10346")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243983", "TRATOR MASSEY FERGUSON.- ANO 1981 - FR173201. - LOC. UNIVALEM")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243979", "10347")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243979", " EQUIPAMENTOS DE LABORÁTORIO DIVERSOS. - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243922", "10401")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243922", " CAMINHÃO VOLKSWAGEN 8.120 EURO3; ANO 2005/2006; BRANCO. - FR96329. - LOC. BARRA")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243426", "10403")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243426", " REBOQUE RODOFORTSA RC 3E; ANO 2010/2010; AZUL. - FR96890. - LOC. BARRA")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243425", "10405")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243425", " REBOQUE RODOFORTSA RC 3E; ANO 2010/2010; AZUL. - FR96892. - LOC. BARRA")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243420", "10407")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243420", " REBOQUE RODOFORTSA RC 3E; ANO 2010/2010; AZUL. - FR96896. - LOC. BARRA")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243413", "10410")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243413", "COLHEDORA JOHN DEERE. - ANO 2010 - FR101477. - LOC. PARAÍSO")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243421", "10412")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243421", "COLHEDORA JOHN DEERE. - ANO 2010 - FR101451. - LOC. PARAÍSO")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243571", "10414")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243571", "TRATOR CASE MAGNUM 260. - ANO 2017 - FR23244. - LOC. PARAÍSO")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>142.500,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243982", "10424")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243982", " ESTUFA INDUSTRIAL. - PAT.201519. - LOC. BARRA")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243972", "10425")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243972", " APROX. 100 SAPATAS DE 18 MM SEM USO. - S/FR. - LOC. BARRA - OFICINA")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243444", "10438")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243444", " PLANTADORA DE CANA PCP 6000; ANO 2010. - FR13003119. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243437", "10439")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243437", " PLANTADORA DE CANA PCP 6000; ANO 2012. - FR12003022. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243430", "10443")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243430", " TRANSBORDO SANTA IZABEL TRIDEM 13T; ANO 2014. - FR13003178. - LO. MB")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243433", "10444")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243433", " TRANSBORDO SANTA IZABEL TRIDEM 13T; ANO 2013 - FR13003158. - LOC. MB")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243429", "10448")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243429", " 2 TRANSBORDOS SANTA IZABEL TRIDEM 13T; ANO 2014 - FR13003175/FR13003176. - LOC. MB")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243431", "10449")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243431", " 2 TRANSBORDOS SANTA IZABEL TRIDEM 13T; ANO 2013 ~ 2014 - FR13003179/FR13003155. - LOC. MB")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243447", "10450")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243447", " 2 TRANSBORDOS SANTA IZABEL TRIDEM 13T; 2013 ~ 2014. - FR13003180/FR13003163. - LOC. MB")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243432", "10461")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243432", " CAMINHÃO VOLKSWAGEN 31.280 CRM 6X4; ANO 2012/2013; BRANCO. -  CARROCERIA TRANSBORDO CAIXOTE DUPLO ANTONIOSI; ANO 2012. - FR92360. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>124.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243445", "10462")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243445", " CAMINHÃO VOLKSWAGEN 31.320 CNC; ANO 2010/2011; BRANCO. - CARROCERIA TRANSBORDO CAIXOTE DUPLO SANTA IZABEL; ANO 2012. -  FR22327. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>109</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>132.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243439", "10464")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243439", " CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2011/2012; BRANCO. - CARROCERIA TRANSBORDO CAIXOTE DUPLO SANTA IZABEL. - FR139292. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>138.000,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243448", "10465")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243448", " CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2011/2012; BRANCO. - CARROCERIA TRANSBORDO CAIXOTE DUPLO SANTA IZABEL. - FR139290. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>109</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243441", "10466")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243441", " CAMINHÃO VOLKSWAGEN 31.280 CRM 6X4; ANO 2012/2013; BRANCO. - CARROCERIA TRANSBORDO CAIXOTE DUPLO ANTONIOSI - FR92356. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>173.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243926", "10474")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243926", "TRATOR MASSEY FERGUSON 7140, ANO 2010 - FR93142. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243407", "10506")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243407", " MOTO BOMBA MWM 6.12 TCA; ANO 2008. - FR9005030. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243919", "10521")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243919", " TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004063. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243918", "10524")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243918", " MOTO BOMBA MWM 6.12 TCA; ANO 2007. - FR9005018. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243424", "10525")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243424", " MOTO BOMBA MWM 6.12 TCA; ANO 2008. - FR4005579. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243409", "10526")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243409", " MOTO BOMBA MWM 6.12 TCA; ANO 2007. - FR9005027. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243408", "10527")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243408", " MOTO BOMBA MWM 6.12 TCA; ANO 2007. - FR5005764. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243414", "10532")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243414", "HIDROROLL IRRIGABRASIL; ANO 2002. - FR9003021. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243419", "10533")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243419", "HIDROROLL IRRIGABRASIL; ANO 2008. - FR9003033. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243412", "10534")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243412", "HIDROROLL IRRIGABRASIL; ANO 2008. - FR9003030. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243415", "10535")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243415", " MOTO BOMBA MWM 6.12 TCA; ANO 2007. - FR5005007. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245171", "31885")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245171", "APROX. 105 RODAS E 7 CONTRAPESOS DE TAMANHOS DIVERSOS. - S/FR. - JATAÍ")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>18.700,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245406", "31888")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245406", "MOTOR CAPAC. APROX 75CV. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243440", "32089")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243440", " 3 SILOS NAS MEDIDAS: Nº 1 CAP. 193M³ MED. 0,80X6,35X12M (SAI-LP-0009) - Nº 2 CAP. 203M³ MED. 0,80X5,46X12,74M - (SAI-LP-0010) - Nº 3 CAP. 193M³ MED. 0,80X6,35X12M (SAI-LP-0011) UMA TORRE ELEVADORA - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>113.000,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243588", "32094")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243588", "  DESENVERNIZADEIRA. - S/FR. - LOC. MARACAÍ")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243578", "32109")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243578", " APROX. 10 TON. DE SUCATA DE PLÁSTICOS EM GERAL; PAPÉIS; RAFIA E RECHEIO DE TORRE. (LANCE POR KG.) - S/FR. - LOC. IPAUSSU ")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>0,10</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>0.01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243568", "32143")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243568", " APROX. 120 PALETES. (VENDA POR UNIDADE) - S/FR. - LOC. SANTA CÂNDIDA ")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>132,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243581", "32145")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243581", " APROX. 30 TONELADAS DE RODETES. (LANCE POR KG) - S/FR. - LOC. UNIVALEM")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243923", "32146")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243923", "IMPRESSORA PLOTER HP DESIGNJET 111. - S/FR. - LOC. CAR COPI - PIRACICABA")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243924", "32151")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243924", "APROX. 75 SUCATAS DE VÁLVULAS DIVERSAS; 9 SUCATAS DE MEDIDORES DE VAZÃO. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243589", "32153")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243589", " SUCATA DE PAINEL ELÉTRICO. - S/FR. - LOC. IPAUSSU")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243577", "32154")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243577", "SUCATA DE RODETE - APROX. 12 PEÇAS. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243584", "32155")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243584", " SUCATA DE TANQUE AÇO CARBONO 2.46 DIÂMETRO / 5.50 COMPRIMENTO. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243587", "32156")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243587", " SUCATA DE TANQUE DE AÇO CARBONO PARA PREPARO DE SODA. - FR229213. - LOC. TARUMÃ")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243570", "32157")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243570", " SUCATA DE TRANSPORTADOR HELICOIDAL. - FR160984. - LOC. TARUMÃ")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243569", "32158")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243569", " TANQUE DE FIBRA TECNIPLAS 1.100 LITROS. - FR185578. - LOC. IPAUSSU")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243928", "32163")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243928", "3 BOMBAS DE ABASTECIMENTO DE DIESEL SEM MOTOR E 1 BOMBA DE ETANOL COM MOTOR / MARCA GILBARCO / WEYNI. - S/FR. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243927", "32164")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243927", "APROX. 57 VÁLVULAS DE MODELO DIVERSOS. - S/FR. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243985", "32165")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243985", " SUCATAS DE ITENS ELÉTRICOS DIVERSOS; VEJA DESCRITIVO DE ITENS. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>8.300,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243986", "32166")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243986", " SUCATA DE COZINHA INDUSTRIAL - CONTENDO: BALCÃO AQUECIDO / REFRIGERADOR / PIA DE INOX COM CUBA E UMA GELADEIRA HORIZONTAL DE 3 PORTAS / CARRINHO TRANSPORTADOR INOX. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243988", "32167")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243988", " APROX. 5 TUBOS DE AÇO INOX COM APROXIMADAMENTE 7 METROS. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243990", "32168")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243990", " SUCATA DE MULTI JATO - AÇO INOX. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243992", "32169")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243992", " SUCATA DE TANQUE AÇO CARBONO COM MEXEDOR CAPCIDADE 1.500 LTS. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243989", "32170")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243989", " APROX. 4 PNEUS 750/65 R26 - MICHELIN / MEGAXBIB -  SUCATEADOS. - S/FR. - LOC. PARAGUAÇU")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243993", "32171")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243993", " APROX. 10 NO BREAKS DE DIVERSAS MARCAS / 2 AR CONDICIONADOS - SUCATEADOS / 1 FRIGO-BAR SUCATEADO / 1 BEBEDOURO SUCATEADO. - S/FR. - LOC. PARAGUAÇU")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243996", "32172")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243996", " SUBSOLADOR DE ARADO STARA.  - FR48056. - LOC. IPAUSSU")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243987", "32173")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243987", " ENLEIRADEIRA DMB. - FR48074. - LOC. IPAUSSU")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243994", "32174")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243994", " ENXADA ROTATIVA UNIVERSAL. - FR48158. - LOC. IPAUSSU")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243995", "32175")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243995", " CAMINHÃO SCANIA R113 H 4X2 360; ANO 1997/1997; BRANCO. - FR91202. - IPAUSSU")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243991", "32176")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243991", " SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2012; CINZA. - FR46954. - LOC. IPAUSSU")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245172", "32177")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245172", "APROX. 9 ITENS DIVERSOS. -  3 BARRAS DE TUBO POLIETILENO E TUBO DE FIBRA DE VIDRO. (TAM. DIVERSOS) / 2 BANCADAS DE AÇO. / 1 PRATELEIRA COM GRADE. / 1 PORTEIRA DE AÇO. / 1 MESA METALICA. / 1 ROLO DE MANGUEIRA. - S/FR. - LOC. JATAÍ")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245173", "32178")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245173", "(VEJA VÍDEO) TRATOR VALTRA BH 205i 4X4 HIFLOW; ANO 2009. - FR163441. - LOC. BARRA")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245228", "32179")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245228", "APROX. 34 PNEUS DE TRANSBORDO DIVERSOS; VEJA DESCRITIVO DE ITENS. - S/FR. - LOC. UNIVALEM")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245403", "32180")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245403", "APROX. 12 PLACAS DE INOX. / 1 TROCADOR DE CALOR SUCATEADO. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245404", "32181")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245404", "APROX. 20 SUCATAS DE TUBOS DE PVC. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245405", "32182")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245405", "APROX. 2 TON. DE BORRACHA DE ESTEIRA. (LANCE POR KG.) - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
-      <c r="A224" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245407", "32184")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245407", "SUCATA ELÉTRICA CONTENDO: 1 TALHA HOVAM 2 TON. / 3 MOTORES DE PEQUENO PORTE DIVEROS. - S/FR. - LOC. IPAUSSU")</f>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245512", "32265")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245512", "MOTOR WEG HGF 400A- 650VC-690V. - S/FR. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
-      <c r="A226" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243583", "32604")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243583", "  ENXADA ROTATIVA HOWARD CH 3000; ANO 2014. - FR48159. - LOC. IPAUSSU")</f>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
-      <c r="A227" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243975", "32788")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243975", " SEMI REBOQUE TANQUE GUERRA AG TQ; ANO 2009/2009; AZUL. - FR88526. - LOC. BENALCOOL")</f>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
-      <c r="A228" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243416", "32932")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243416", " HIDRO ROLL TURBOMAQ. - FR20164. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245170", "32955")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245170", "ENXADA ROTATIVA HOWARD ENGUNERING LIMITED; ANO 2014. - FR84719. - LOC. JATAÍ")</f>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
-      <c r="A230" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243434", "33026")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243434", " SILO. - SAI-LP-0008. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
-      <c r="A231" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245497", "33045")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245497", " MOTO BOMBA MWM 6.12 TCA. - FR8004033. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
-      <c r="A232" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243454", "33064")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243454", " ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR67202. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
-      <c r="A233" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243452", "33065")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243452", " ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR57434. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243453", "33066")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243453", " ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR38091. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
-      <c r="A235" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243451", "33067")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243451", " ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR38092. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
-      <c r="A236" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243410", "33070")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243410", " ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR25282. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243576", "33101")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243576", "  1 ROLO DE PRESSÃO P44 – 78 / 12 TON. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
-      <c r="A238" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243418", "33361")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243418", " SULCADOR 2 LIN. CIVEMASA; ANO 2018. - FR140066. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
-      <c r="A239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243423", "33363")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243423", " CULTIVADOR 2L CARDERROLI; ANO 2018. - FR140045. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
-      <c r="A240" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243411", "33368")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243411", " LOTE COM 5 DESENLEIRADORAS DE PALHA CARDEROLI; ANO 2018. - FR38080/FR38079/FR38081/FR67192/FR67193. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
-      <c r="A241" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243417", "33497")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243417", " TRANSBORDO SANTAL VT12; ANO 2008. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
-      <c r="A242" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243435", "33566")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243435", " TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR31062. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t>165.500,00</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
-      <c r="A243" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243438", "33567")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243438", " TRANSBORDO SANTAL VT 10T. - ANO 2012 - FR10003152. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
-      <c r="A244" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243436", "33568")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243436", " TRANSBORDO SANTAL VT 10T; ANO 2011. - FR7003053. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
-      <c r="A245" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243442", "33569")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243442", " TRANSBORDO SANTAL VT 10T; ANO 2011. - FR13003106. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
-      <c r="A246" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243446", "33570")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243446", " TRANSBORDO SANTAL VT 10T; ANO 2011. - FR10003157. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
-      <c r="A247" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243917", "33601")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243917", "REBOQUE RANDON EQ CA; ANO 2008/2008; AZUL. - FR81979. - LOC. ZANIN")</f>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
-      <c r="A248" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243925", "33622")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243925", "ÔNIBUS MERCEDES BENZ OF 1315; ANO 1992/1992; BEGE. - FR81354. - LOC. UNIVALEM")</f>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
-      <c r="A249" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243973", "33638")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243973", " COLHEDORA JOHN DEERE. - S/FR. - LOC. PARAÍSO")</f>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>