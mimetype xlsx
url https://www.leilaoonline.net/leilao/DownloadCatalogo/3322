--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243470", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243470", "LOTE COM 78 TUBOS DE IRRIGAÇÃO DE ALUMÍNIO; MARCA RAEZA (SEM ABRAÇADEIRAS) - MEDIDAS NAS ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243458", "030")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243458", "veja o vídeo!! EMPILHADEIRA CLARK; 7 TONELADAS; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243457", "031")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243457", "EMPILHADEIRA CLARK 7 TON; MOTOR CHEVROLET 6 CILINDROS - FUNCIONANDO (NÃO ACOMPANHA CILINDRO DE GÁS)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243459", "032")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243459", "EMPILHADEIRA CLARK; MODELO C300HY; CAPACIDADE 2.5 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243460", "035")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243460", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>182.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243463", "036")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243463", "veja o vídeo!! RETROESCAVADEIRA JCB; ANO 2020; MODELO ECXB14CM2CM; 4MIL HORAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>202.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243471", "037")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243471", "RETROESCAVADEIRA XCMG; MODELO XT870BR; ANO 2021 - FUNCIONANDO ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>167.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243464", "040")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243464", "CASE 2688; ANO 2013; C/ 2 PLATAFORMAS 30X20 PARA SOJA E MILHO - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>202.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243465", "041")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243465", "TC 5090; ANO 2011; C/ PLATAFORMA DE SOJA 35 PÉS - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243462", "045")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243462", "MICRO TRATOR AGRALE")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243461", "046")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243461", "GRANECAR; DIESEL; CAPACIDADE 9 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243467", "050")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243467", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243469", "051")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243469", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>122.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243466", "052")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243466", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243468", "053")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243468", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>132.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243472", "055")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243472", "CARRETA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...414 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243473", "060")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243473", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>