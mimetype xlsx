--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244069", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244069", " 4 EIXOS CARCAÇA PARA TRATOR/ 2 MANGAS DE EXO/ 2 PORTA PLANETÁRIA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244068", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244068", " 4 CJ. ABRIDORES DE LINHA PARA PULVERIZADOR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244070", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244070", " 24 CJ. RODA COMPACTADORA JUMIL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244073", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244073", " 24 CJ. DISCO ADUBO PLANTADEIRA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244071", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244071", " 24 CJ. RODA COMPACTADORA V")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244085", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244085", " 24 CJ. FACÃO PLANTADEIRA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244081", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244081", " PEÇAS DIVERSAS DE PLANTADEIRA (POPIQUEIRA/SUPORTE PIPOQUEIRA/EMBREAGEM PLANTADEIRA)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244086", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244086", " CARCAÇA CAIXA DE TRANSMISSÃO COM EIXO E PONTA DE EIXO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244072", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244072", " PEÇAS DIVERSAS COLHEITADEIRA (ROSCAS SEM-FIM/LEITO/CONCAVOS/ALETAS/PENEIRAS/CHAPAS)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244074", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244074", " ALONGADORES PARA TRATOR")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244076", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244076", " LOTE DE 16 PNEUS AGRÍCOLAS DIVERSOS TAMANHOS E MARCAS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244082", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244082", " PLANTADEIRA 1115 JOHN DEERE")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244075", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244075", " PLANTADEIRA IMASA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244078", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244078", " PLANTADEIRA JUMIL 2900")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244084", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244084", " PLANTADEIRA IMASA 2600")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244079", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244079", " PEÇAS DIVERSAS DE PULVERIZADOR (TANQUE DE AGUA, MISTURADOR DE CALDA, BARRAS)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244080", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244080", " SEMEADEIRA LANCER 1500")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>650.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244077", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244077", " SEMEADEIRA LANCER 3000")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244083", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244083", " SEMEADEIRA LANCER 1200")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244087", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244087", "Calcareadeira / Semeadeira Stara Modelo Tornado 600MD")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244088", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244088", "Calcareadeira / Semeadeira JAN Modelo tornado 600MDC")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>