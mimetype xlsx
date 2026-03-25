--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245174", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245174", " CAMINHÃO FORA DE ESTRADA VOLVO A25C")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245176", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245176", " [ VÍDEO ] TORNO ROMI MAXI-II-650")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245179", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245179", " LOTE DE PNEUS USADOS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245185", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245185", " MOTOR ELETRICO WEG ( HP/CV) 560/750")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245182", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245182", " MOTOR ELETRICO WEG ( HP/CV) 590/800")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245175", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245175", " CARROCERIA TANQUE INOX 37.000LITROS COM PARA CHOQUE")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245177", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245177", "[ VÍDEO ] FURADEIRA RADIAL ROCCO R35-1325 TODA REFORMADA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245183", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245183", " COMPRESSOR PARAFUSO CPC60 CHICAGO PNEUMATIC 8 BAR 440V–YD")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245181", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245181", "[ VÍDEO ] Torno Mecânico - PRN 320 IMOR - Barramento 1,30 m referência IT 003 PA507")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245178", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245178", "[ VÍDEO ] Torno Mecânico - Catti Torino - TM 200 P Barramento 1,80 m referência IT 001")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245184", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245184", " Talha elétrica Bauma. 16 toneladas. Com troller")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245180", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245180", " Guindaste Grove 30 toneladas")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...117 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245456", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245456", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245464", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245464", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245458", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245458", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...100 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...25 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245454", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245454", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...25 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245453", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245453", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...25 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245462", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245462", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...25 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245460", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245460", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...25 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245457", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245457", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...25 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245455", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245455", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...25 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245459", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245459", " Motor de indução trifásico HGF 355L. 250 CV")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245463", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245463", " [ LANCES POR KG ] Tanque de óleo diesel de poço de serviço. Peso: aprox. 8.250 kg")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245461", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245461", " [ LANCES POR KG ] Tanque de óleo diesel de poço de serviço. Peso: aprox. 8.250 kg")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>