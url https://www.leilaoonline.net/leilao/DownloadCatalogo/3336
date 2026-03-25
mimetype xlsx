--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,1403 +269,1231 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245241", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245241", " DUMPER BASCULANTE MOTORIZADO  MARCA TOBATA TRAÇÃO 4x4")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245243", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245243", " GIRO ZERO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245248", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245248", " GIRO ZERO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245242", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245242", " CABINE DE CAMINHAO VW ANO 2008")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245244", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245244", " REBOQUE - ESTRUTURA DE PAINEL DE MENSAGEM VARIAVEL - ano 2010")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245249", "011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245249", " REBOQUE - ESTRUTURA DE PAINEL DE MENSAGEM VARIAVEL - Ano 2010")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245254", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245254", " CARRETINHA AGRICOLA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245253", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245253", " BOMBA DE ÁGUA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245245", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245245", " ROCADEIRA - ARRASTRO - DUPLA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245246", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245246", " ROCADEIRA - ARRASTRO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245251", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245251", " ROLO DE ARRASTO - pe de carneiro - DUPLO - MAREOTTI")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245247", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245247", " ROLO DE ARRASTO - PE De CARNEIRO -")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245256", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245256", " ROLO DE ARRASTO - LISO - SIMPLES")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245250", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245250", " MOTONIVELADORA XCMG ANO 2012")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245258", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245258", "[ VÍDEOS ] MOTONIVELADORA DRESSER MOD. 205C")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245252", "029")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245252", "[ VÍDEOS ] GUINDASTE BUCYRUS ERIE 12 TON.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245255", "031")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245255", " TANQUE COMBOIO LDA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245257", "033")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245257", " MOTOR SCÂNIA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245260", "034")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245260", " CARRETINHA CONVIVÊNCIA COM BANHEIRO - ARTESANAL")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245261", "035")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245261", " VIBROACABADORA DE ASFALTO CIBER MOD. CIBER 12 ANO 1989")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245264", "036")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245264", " TORNO MECÂNICO IRAN")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245262", "037")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245262", " CARRETÃO TRIVELLATTO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245265", "038")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245265", " 03 UNIDADES PNEU DE MAQUINA USADO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245270", "040")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245270", " 37 UNDADES CONES DE SINALIZAÇÃO - BARRIL E PEQUENOS -")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245266", "041")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245266", " CARROCEREIA METÁLICA ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245271", "042")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245271", " CARROCEREIA METÁLICA - ENVESP")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245263", "043")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245263", " CARROCEREIA METÁLICA - ENVESP")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245267", "044")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245267", " CARROCEREIA METÁLICA - ENVESP")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245268", "045")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245268", " CARROCEREIA METÁLICA - ENVESP")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245259", "046")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245259", " CARRETINHA - TANQUE -")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245269", "047")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245269", " 04 UNIDADES ESTRUTURA METÁLICA DE TANQUE")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245272", "048")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245272", "CAMINHÃO PLATAFORMA VW/8.150E DELIVERY ANO 2009/2009 / COR BRANCA /DIESEL  ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245273", "049")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245273", "[ VÍDEO ] PÁ CARREGADEIRA XCMG MOD. ZL30BR ANO 2017")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245274", "050")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245274", "APROX. 15 MESAS DE ESCRITORIO DESMONTADAS ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245661", "051")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245661", "[ VÍDEO ] MÁQUINA DE JATO DE GRANALHA PARA 500 KG GRANALHA - FEBRATEC MOD. WB6")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245664", "052")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245664", " 16 UN. PEÇAS PARA AR CONDICIONADO ( DESMONTADO)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245659", "053")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245659", " 11 UN. ARMARIO DE ESCRITORIO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245665", "054")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245665", " 04 UN. BALCÃO DE RECEPÇÃO , 03 PEÇAS DE TOTEM")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245657", "055")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245657", " 11 UN . MESAS DE ESCRITORIO - DIVERSOS")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245662", "056")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245662", " 15 UN. CADEIRAS - DIVERSOS")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245658", "057")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245658", " AQUECEDOR A GÁS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245660", "058")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245660", " CARRETINHA/AGRICOLA/ARTESANAL")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245663", "059")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245663", " 11 UN. BEBEDOURO - DIVERSOS")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>