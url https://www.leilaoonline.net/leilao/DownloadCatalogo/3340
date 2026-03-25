--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245517", "025")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245517", "veja o vídeo!! I/GM CAPTIVA SPORT AWD; 2008/2009; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245473", "030")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245473", "veja o vídeo!! MMC/L200 TRITON 3.2 D; 2010/2010; PRATA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245470", "035")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245470", "veja o vídeo!! GM/VECTRA SEDAN ELITE; 2006/2006; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245480", "040")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245480", "veja o vídeo!! FIAT/TORO FREEDOM AT6; 2019/2020; BRANCA; ALCO./GASOL. - NÃO FUNCIONA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>55.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245465", "045")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245465", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245466", "050")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245466", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; MOD 2021; BRANCA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246136", "053")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246136", "veja o vídeo!! CHEV/ONIX 10MT LT2; 2023/2024; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>66.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245472", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245472", "AMBULÂNCIA I/M. BENZ REVESCAP AMB SR; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245975", "057")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245975", "veja o vídeo!! I/M. BENZ A250TURBOSPORT; 2018/2019; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>168.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245479", "060")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245479", "veja o vídeo!! VW/FUSCA 1300 L; 1977/1977; AZUL; GASOLINA - FUNCIONANDO ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245482", "065")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245482", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245477", "070")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245477", "veja o vídeo!! FIAT/PALIO WK ADVEN FLEX; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245476", "075")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245476", "I/TOYOTA HILUX CDSRVA2GF; 2020/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245474", "080")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245474", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245483", "085")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245483", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245471", "090")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245471", "CHEVROLET S10 ADV FD2; MOD 2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>78.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245467", "095")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245467", "veja o vídeo!! VW/GOL 1.0L MC4; 2019/2020; BRANCO; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245469", "100")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245469", "veja o vídeo!! NISSAN/FRONTIER LE 25 X4; 2009/2010; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245478", "105")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245478", "veja o vídeo!! FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245475", "110")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245475", "veja o vídeo!! I/LR FREELANDER2 SD4 SE; 2011/2011; PRATA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...239 lines deleted...]
-      <c r="D24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245468", "115")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245468", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...222 lines deleted...]
-      </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>135.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245481", "120")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245481", "AMBULÂNCIA I/M. BENZ 415 ALLTECH AMB; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA - IPVA 2024 OK")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>