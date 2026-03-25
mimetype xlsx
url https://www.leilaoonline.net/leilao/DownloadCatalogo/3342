--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,1627 +269,1427 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245423", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245423", "[ VÍDEOS ] TRATOR ESTEIRA CATERPILLAR MOD.D4E PS  ANO 1988 - TORK - BOMBA BOSCH - RODANTE BOM ESTADO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245419", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245419", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 75III ANO 1979")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246847", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246847", "TRATOR VALTRA MOD. 125i ANO 2012 - OPERACIONAL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245421", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245421", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900 ANO APROX. 1978 - TRANSMISSÃO 28000 - MOTOR M/BENZ - TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245415", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245415", "[ VÍDEO ] ROLO COMPACTADOR BOMAG MOD. BW211D-40 ANO 2014 - KIT PATA ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245413", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245413", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD.966C SERIE 18B ANO 1985")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245440", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245440", "ROLO COMPACTADOR YTO  ANO 2009 - DUPLA VERSÃO ( LISO / PATA DE CARNEIRO) - MOTOR CUMMINS  TURBINADO - 4 X 4  - PD (TRAÇÃO NO TAMBOR)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245441", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245441", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC MOD. CG11 ANO 1990")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246848", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246848", "PLANTADEIRA TATU MOD. PST PLUS 8 RUAS - OPERACIANAL")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245420", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245420", " CARREGADEIRA MASSEY FERGUSON MOD. 65R ( PULA PULA) ANO APROX. 1975 - TORQUE - FUNCIONANDO ( MOTOR NOVO)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245424", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245424", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 938H ANO 2008")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245425", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245425", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W170B ANO 2013")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245426", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245426", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W170B ANO 2013")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245409", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245409", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 2002")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245451", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245451", "[ VÍDEOS ] ESCAVADEIRA KOMATSU MOD. PC200 SÉRIE 8 ANO 2011 - Aprox. 16.000 HORAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245433", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245433", "BRM / M11 ANO 2009/2010 - COR PRETA - GASOLINA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245427", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245427", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900B ANO APROX. 1982 - MOTOR MB / TRANSMISSÃO CLARK 28000")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245452", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245452", "[ VÍDEO ] RETROESCAVADEIRA CATERPILLAR MOD. 416E - ANO 2013")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245437", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245437", "[ VÍDEO ] ESCAVADEIRA VOLVO MOD. EC210B ANO 2013")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245428", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245428", "PÁ CARREGADEIRA  CATERPILLAR MOD. 930 SÉRIE 71H ANO 1984  - TRANSMISSÃO CAT ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245416", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245416", "[ VÍDEO ] ESCAVADEIRA KOMATSU MOD. PC200 ANO 2005")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245438", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245438", "[ VÍDEO ] ESCAVADEIRA VOLVO MOD. EC210B ANO 2012")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245439", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245439", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245408", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245408", "CONCHA CATERPILLAR 924G")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245429", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245429", "ESCAVADEIRA CATERPILLAR MOD.320DL ANO 2013")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245434", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245434", "EMPILHADEIRA YALE MOD. GLP050VX - CAPAC. 2,5 TON ANO 2011")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>66.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245422", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245422", "ROLO DE ARRASTO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245435", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245435", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR MOD.302.7D ANO 2014")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245442", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245442", "[ VÍDEOS ] RETROESCAVADEIRA JCB MOD. 3C 4X4 ANO 2010")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245430", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245430", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR MOD.320D   ANO 2013")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...57 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245431", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245431", "[ VÍDEO ] GAIOLA ANO 2023 - MOTOR AP FLUXO CRUZADO / GASOLINA / CÂMBIO DE KOMBI DIESEL / TANQUE INOX / INJEÇÃO FT 350 / CHASSI INTEIRO TUBULAR")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245436", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245436", "[ VÍDEO ] PÁ CARREGADEIRA VOLVO MOD. L90 ANO 2012")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245444", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245444", "MAQUINA DE FAZER BLOCOS DE CIMENTO ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245432", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245432", "EMPILHADEIRA YALE CAPAC. 2,5 TON - GLP - MOTOR 4CC")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245446", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245446", "[ VÍDEO ] TRATOR DE ESTEIRA FIATALLIS MOD. 7D ANO 1991")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245447", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245447", "[ VÍDEO ] MOTONIVELADORA FIATALLIS MOD. FG140 ANO 2002  ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245410", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245410", "ROLO COMPACTADOR VIBRATÓRIO  DE ARRASTO - MOTOR DEUTZ  6 CC - OPERACIONAL")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...116 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246944", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246944", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900B ANO 1982 - MOTOR MB - TRANSMISSÃO CLARK 28.000 ( 4 MARCHAS)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245448", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245448", "ROLO COMPACTADOR DE PNEUS TEMA TERRA MOD. SP3500 ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245449", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245449", "[ VÍDEO ] RETROESCAVADEIRA NEW HOLLAND MOD. LB90 - ANO 2010 - TRAÇADA - 4X4")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245450", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245450", "MOTONIVELADORA FIATALLIS MOD. FG85 ANO 1990")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246951", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246951", "[ VÍDEO ] MINIESCAVADEIRA KUBOTA MOD.U30 ANO 2012 ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245411", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245411", "[ VÍDEO ] GUINDASTE MARCA MUNCK CAPAC. 08 TON. 02 LANÇAS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245412", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245412", " EQUIPAMENTO LIMPEZA DE BOCA DE LOBO - ASPIRA E EMPURRA - NO ESTADO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245445", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245445", "TRATOR FORD MOD. 5030 ANO 1995")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245443", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245443", "TRATOR VALTRA 78 ANO 1996")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245414", "054")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245414", " PÁ CARREGADEIRA CASE MOD. W20E ANO 1997 - TORQUE 28.000")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...639 lines deleted...]
-      <c r="F37" s="4" t="inlineStr">
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245417", "059")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245417", " MOINHO DE BOLAS  CAPAC. 3 A 4 MIL LTS REVESVIDO DE ALTA LUMINA ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-[...660 lines deleted...]
-      <c r="E58" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245418", "061")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245418", "CALCAREADEIRA SPANDER ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F58" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245656", "062")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245656", "ESCAVADEIRA KOMATSU MOD. PC200 ANO 2000 ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>700.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>