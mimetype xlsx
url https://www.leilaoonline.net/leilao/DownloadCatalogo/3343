--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,3803 +269,3331 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245641", "1014")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245641", "[ VÍDEO ] EXTRUSORA CARNEVALLI P/ FILMES FLEXIVEIS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>620.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245610", "1015")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245610", " 01 REDUTOR - RELAÇÃO 1:50")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245651", "1016")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245651", "SOFT STARTER WEG SSW007 - 130 amp (220v-575v)(50cv-220v)(75cv-380v)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245652", "1017")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245652", "[ VÍDEO ] Compressor Pressure Sobreposto. 40 Pés  - Motor 7,5cv / 220v - Aprox. 400 litros. Com painel")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>8.700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245653", "1018")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245653", "Aprox. 300 peças -  Ventoinha/Cooler ( peças novas (Sem Garantia) Diversos tamanhos, medidas e voltagens.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245654", "1019")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245654", "[ VÍDEO ] Aprox. 1.000 peças - Materiais Elétricos Diversos  Rele termico, disjuntor motor, reles, botoeiras,  terminais e mais. Materiais sem uso.  PRATELEIRA NÃO INCLUSA.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245611", "1020")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245611", " INVERSOR WEG CFW 700 - 220v / 70 AMPERES/ 25cv ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245612", "1021")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245612", "INVERSOR WEG CFW 500 - 220v trifasico / 47 AMPERES/ 15cv ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245613", "1022")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245613", "INVERSOR WEG CFW 500 - 220v trifasico / 47 AMPERES/ 15cv ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245622", "1025")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245622", " Bomba de vácuo em inox Motor 10cv Vazão 80-00 Mm cúbicos por hora")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245617", "1027")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245617", " Bomba de vácuo em inox Motor 15cv 1.755 rpm Tipo 250/100 Vazão metro cúbico por hora 200")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245624", "1032")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245624", " Lote de Disjuntor diversos - Metanol 800a/ GE 400a/ Eletrical 300a/ 2 Steck 250a cada/ 2 Weg 225a cada/ 2 Terazaki 125a cada/ 1 Cutter 35a/ 1 Cutter 30a")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245628", "1033")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245628", " Lote de Disjuntor diversos - / Metasol 800a / LG 400a / Cutter 400a / Steck 300a / Steck 250a / 2 Weg 225a cada / 2 terezaki 125a cada / 1 JNG 140a")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245632", "1034")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245632", " Lote de Disjuntor diversos - Cutter 250a/ /Legrand 250a / JNG 400a/ /Steck 250a / Hager 400a / Logrando 60a / 2 Weg 225a cada / 2 terazaki 125a cada / Siemens 63a / Etro 50a / JNG 140a / Weg 10a")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245623", "1036")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245623", " Bomba d'agua KSB motor 12,5 cv Weg Megabloc 80-50-160")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>6.600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245630", "1037")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245630", " Bomba d'agua CS thebe Motor Weg 12,5 cv")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245621", "1040")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245621", " Bomba d'agua Glass Em INOX Motor weg 7,5 CV")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245631", "1041")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245631", " Moto redutor Relação 1:50 Motor Weg 15cv")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245633", "1042")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245633", " Rosca transportadora Em INOX Completa com motor e redutor Comprimento 3,50m")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245616", "1043")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245616", " Bomba d'agua Motor Weg 7,5cv")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245639", "1052")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245639", " Jato de areia - Nortorf")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245645", "1053")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245645", "[ VÍDEO ] Tamboreador em Aço Inox ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245644", "1054")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245644", " Serra de fita com solda embutida - ( revisada)")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245648", "1055")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245648", " Seladora em L ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245642", "1056")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245642", " Alimentador E aquecedor Piovan")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245640", "1057")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245640", " Alimentador E aquecedor Piovan")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245647", "1058")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245647", " Alimentador E aquecedor Piovan")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245643", "1059")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245643", " Recuperador de Refile - marca Sagec R6 - ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245646", "1060")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245646", "[ VÍDEO ] Injetora de PIB - Marca Mega Steel - 380v -")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245649", "1061")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245649", "Moinho de plasticos 30cv boca 400x400 mm")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245650", "1062")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245650", "[ VÍDEO ] Prensa Jundiaí 25 ton")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245971", "1063")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245971", "[ LANCES POR KG ] Aprox .1.600 quilos.  - bombas d´agua de ferro . diversas marcas e modelos ( aprox. 22 pçs)")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>9.600,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245972", "1064")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245972", "Conjunto rosca alimentadora em inox com redutor - 600 mm comprimento")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245973", "1065")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245973", "Conjunto rosca alimentadora em inox com redutor - 600 mm comprimento")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245974", "1066")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245974", "Conjunto rosca alimentadora em inox com redutor - 600 mm comprimento")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245520", "2003")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245520", " PLATAFORMA ELEVATÓRIA MANCA ZELOSO MOTOR 3CV-220V ALTURA TOTAL 2,30 PESO MAXIMO 200kg")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245522", "2006")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245522", " UNIDADE HIDRÁ7ULICA COM VALVULAS COMPLETA MOTOR 30 CV 220 V.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245528", "2008")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245528", " REDUTOR TRANSMOTECNICA RELACAD 1:66")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245524", "2009")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245524", " REDUTOR TRANSMOTECNICA RELACAD 1:66")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245523", "2011")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245523", " APROX. 140 PEÇAS BARRA DE APOIO EM U - EM INOX 300мм х 150 ми")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245529", "2013")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245529", " JOGO DE DISCO DE FREIOS FREMAX CARBON COD. BD 5298 VOLKS E OUTROS MODELOS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245525", "2017")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245525", " ESTEIRA TRANSPORTADORA C/ MOTOREDUTOR COMPRIMENTO 2,50M")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245540", "2030")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245540", " CONTATORA MARCA STROMBERG MOD OKYM 630W 22-900 AMP.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245581", "2031")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245581", " CONTATORA MARCA STROMBERG MOD OKYM 630W 22-900 AMP.")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245573", "2032")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245573", " CHAVE SECCIONADORA ABB 630 A")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245576", "2033")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245576", " CHAVE SECCIONADORA ABB 400A")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245568", "2034")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245568", " 5 PEÇAS BOMBA DOSADORAS SEM USO E SEMI NOVAS")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245569", "2035")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245569", " DISJUNTOR SCHNEIDER NSX 6302 TETRAPOLAR")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245571", "2036")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245571", " DISJUNTOR SCHNEIDER NSX 6302 TETRAPOLAR")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245572", "2037")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245572", " CHAVE SECCIONADORA SCHNEIDER INS 630 630A")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245591", "2038")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245591", " CHAVE SECCIONADORA SCHNEIDER INS 630 630A")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245570", "2039")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245570", " CHAVE SECCIONADORA SCHNEIDER IN'S 400 TETRAPOLAR 400A")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245589", "2040")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245589", " CHAVE SECCIONADORA SCHNEIDER INS 320 320A")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245592", "2041")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245592", " 10 PECAS (SEM USO) RELE TERMICO DE SOBRE CARGA GE MOD RTA2H 54A 65 AMP")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245593", "2042")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245593", " 10 PECAS (SEM USO) RELE TERMICO DE SOBRE CARGA GE MOD RTA2H 54A 65 AMP")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245590", "2043")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245590", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245594", "2044")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245594", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245596", "2045")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245596", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245586", "2046")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245586", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245587", "2047")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245587", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245585", "2048")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245585", " 05 PEÇAS (SEM USO) MODOLO OF INTERFACE WEG MOD. MIW2-P")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245597", "2053")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245597", " CAPACITOR TRIFASICO PARA CORREÇÂO DE FATOR DE POTENCIA TIPO SECO MODELO CLMD 43 MARCA ABB")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245588", "2054")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245588", " MODULO ALLEN BRADLEY MICROLOGIX MOD 1762-1916 16 ENTRADAS (SEM USO)")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245584", "2055")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245584", " MODULO ALLEN BRADLEY MICROLOGIX MOD.1762-1916-16 ENTRADAS (SEM USO)")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245519", "2056")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245519", " CLP ALLEN BRADLEY MICROLOGIX 1.400 CATEGORIA 1766-L32BWA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245595", "2057")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245595", " INVERSOR DE FREQUENCIA SCHNEIDER 220V MOD. ATV12H037M2 0,33KW - 1/2 CV (SEM USO)")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245598", "2058")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245598", " INVERSOR DE FREQUENCIA SCHNEIDER 220V MOD. ATV12H037M2 0,33KW - 1/2 CV (SEM USO)")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245599", "2063")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245599", "[ LANCES POR KG ] APROX. 1.300 QUILOS DE RELES TÊRMICO DE SOBRE CARGA AMPERAGENS DE 1,6 A 40 (SEM USO E USADOS) (APROX. 7.000 PÇS.)")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245530", "2153")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245530", " SERVO DRIVE MITSUBISHI MOD. MR-J2-40 A")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245531", "2168")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245531", " MACACO HIDRAULICO 1 TONELADA. SEM USO.")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245533", "2169")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245533", " MACACO HIDRAULICO 1 TONELADA. SEM USO.")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245534", "2170")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245534", " MACACO HIDRAULICO 1 TONELADA. SEM USO.")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245535", "2171")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245535", " MACACO HIDRAULICO 1 TONELADA. SEM USO.")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245532", "2172")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245532", " MACACO HIDRAULICO 1 TONELADA. SEM USO.")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245536", "2173")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245536", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245537", "2174")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245537", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245600", "2175")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245600", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245538", "2176")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245538", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245539", "2177")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245539", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245601", "2178")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245601", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245550", "2179")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245550", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245544", "2180")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245544", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245546", "2181")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245546", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245541", "2182")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245541", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245543", "2183")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245543", " MACACO HIDRAULICO 12 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245542", "2184")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245542", " MACACO HIDRAULICO 12 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245551", "2185")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245551", " MACACO HIDRAULICO 12 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245545", "2186")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245545", " MACACO HIDRAULICO 12 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245548", "2187")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245548", " MACACO HIDRAULICO 12 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245549", "2188")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245549", " MACACO HIDRAULICO 20 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245547", "2189")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245547", " MACACO HIDRAULICO 20 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245552", "2190")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245552", " MACACO HIDRAULICO 20 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245555", "2191")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245555", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245554", "2192")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245554", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245556", "2193")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245556", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245557", "2194")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245557", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245558", "2195")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245558", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245553", "2196")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245553", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245560", "2197")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245560", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245562", "2198")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245562", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245559", "2200")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245559", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245561", "2201")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245561", " MACACO HIDRAULICO 50 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245564", "2202")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245564", " MACACO HIDRAULICO 50 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245567", "2203")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245567", " MACACO HIDRAULICO 50 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245574", "2204")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245574", " MACACO HIDRAULICO 50 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245563", "2205")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245563", " MACACO HIDRAULICO 50 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245566", "2211")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245566", " CHAVE DE SEGURANÇA PARA CABO TELEMECANIQUE 3 AMP 400V MOD. XY2-CE1A296 (SEM USO)")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245580", "2212")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245580", " CHAVE DE SEGURANÇA PARA CABO TELEMECANIQUE 3 AMP 400V MOD. XY2-CE1A296 (SEM USO)")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245583", "2213")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245583", "[ VÍDEOS ] MATERIAIS ELETRO-ELETRONICOS DIVERSOS")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245582", "2214")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245582", " TRACKERBALL INDUSTRIAL (SEM USO)")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245579", "2215")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245579", " LOAD CONTROLS 15 AMP MOD. PCR 1800 (SEM USO)")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245602", "2216")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245602", "CABEÇOTE PARA EXTRUSÃO DE TUBO DUPLO")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245603", "2217")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245603", "CABEÇOTE PARA EXTRUSÃO DE TUBO ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245604", "2218")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245604", "CABEÇOTE PARA EXTRUSÃO DE TUBO ")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245606", "2220")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245606", " Inversor Santerno Sinus 10 cv /30 a / 220v / Revisado")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245607", "2222")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245607", " Inversor WEG CFW08 / 3 cv / 10 a / 220v / Revisado")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245608", "2225")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245608", "Inversor WEG CFW08 / 3 cv / 10 a / 220v / Revisado ")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245609", "2226")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245609", "Inversor WEG CFW08 / 3 cv / 10 a / 220v / Revisado ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>