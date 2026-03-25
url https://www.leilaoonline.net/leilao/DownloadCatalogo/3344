--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,1563 +269,1371 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245792", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245792", " GRUPO GERADOR STEMAC 400KVA WEG MOTOR CUMMINS ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245800", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245800", " COMPRESSOR INCOMAR TIPO BITZER")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245802", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245802", " COMPRESSOR INCOMAR TIPO BITZER ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245806", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245806", " COMPRESSOR BITZER")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245794", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245794", " COMPRESSOR BITZER")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245804", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245804", " ELEVADOR MONTA CARGA PLATAFORMA 1X1M X 2,85M ALTURA X 600KG")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245808", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245808", " TUNEL DE ENCOLHIMENTO WELDOTRON 550 X 250CM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245795", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245795", " PLAINA DE MESA OMIL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245799", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245799", " PÓRTICO SEM TALHA 420CM X 290CM")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245798", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245798", " SELADORA TERMO ENCOLHÍVEL TECTRON CKB40")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245814", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245814", " SELADORA TERMO ENCOLHÍVEL DAL PACK 500")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245813", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245813", " BOBINADOR E DESBOBINADOR ELÉTRICO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245801", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245801", " PISTA DE PATINAÇÃO NO GELO SINTÉTICA ECOLÓGICA 150M² JÁ DESMONTADA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246982", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246982", "EMPILHADEIRA CLARK; MODELO C300HY; CAPACIDADE 2.5 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245803", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245803", " ELEVADOR MONTA CARGA PLATAFORMA 1X1M X 2,85M ALTURA X 600KG - CÓD. 1077")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245810", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245810", " PALETEIRA ELÉTRICA AMEISE 1250KG DE CAPACIDADE; 3,70M DE ALTURA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245805", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245805", " CALDEIRA DE VAPOR AALBORG 2330 KG/H")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245811", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245811", " AGITADOR DE PENEIRAS VIBRATÓRIO PRODUTESTE TELASTEM 6 ESTÁGIOS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245796", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245796", " MÁQUINA PARA FECHAMENTO DE CAIXAS DE PAPELÃO COM FITA ADESIVA MARCA CYKLOP")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.850,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245807", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245807", " SERRA DE FITA HORIZONTAL ROMARFRA 250MM")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.400,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245827", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245827", " SERRA DE FITA HORIZONTAL ETT 250MM")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245820", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245820", " BOMBA DE ENGRENAGEM 3 CV SEM USO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245797", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245797", " CARRINHO PALETEIRO EM AÇO INÓX")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245815", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245815", " PRENSA DE FRICÇÃO 150 TON")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245819", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245819", " TRANSPALETEIRA MANUAL 165CM 800KG")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245793", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245793", " BOMBA DE VÁCUO EDWARDS E2M5 0,5CV")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245812", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245812", " PRENSA BALANCIM DE CORTE HIDRÁULICO POPPI")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245817", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245817", " PRENSA BALANCIM DE CORTE HIDRÁULICO POPPI")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245816", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245816", " MÁQUINA DE COSTURA VIGORELLI")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245821", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245821", " MÁQUINA PARA CORTAR VERGALHÃO ATÉ 7/8'' SOMAR")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245823", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245823", " DOBRADEIRA MANUAL 1 METRO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245826", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245826", " RACK FECHADO SERVIDOR C80 CM X L115 CM X H215 CM - CÓD. 1531")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245822", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245822", " ARMÁRIO COM VENTILAÇÃO COM PRATELEIRAS DE INÓX")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245818", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245818", " BATEDOR MISTURADOR PLANETÁRIA AÇO INÓX")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245828", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245828", " BANCADA DE FERRO 160 X 75 X 76 CM")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245825", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245825", " FURADEIRA DE COLUNA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245829", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245829", " TORNO MECÂNICO DE BANCADA SANCHES BLANES ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245824", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245824", " GRAB CLAMSHELL PORTUÁRIO BATELÃO CONCHA 0,5M3 ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245834", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245834", " ESCADA DE ALUMÍNIO DUPLA EXTENSÍVEL 17 DEGRAUS ATINGINDO ATÉ 8M")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245837", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245837", " LIQUIDIFICADOR INDUSTRIAL MONOFÁSICO EM AÇO INÓX 1,5 CV")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...79 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245831", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245831", " CADINHO PARA FUNDIÇÃO 20 L")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>560,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245830", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245830", " MÁQUINA DE SOLDA ELETRÔNICA VINITRON CABEÇOTE EM G")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245838", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245838", " MOTOBOMBA KSB MOTOR 40 CV")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245836", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245836", " MOTOBOMBA KSB MOTOR 40 CV")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245832", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245832", " MOTOBOMBA KSB MOTOR 40 CV")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245835", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245835", " MOTOBOMBA KSB MOTOR 40 CV")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245833", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245833", " EQUIPAMENTOS ELÉTRICOS DIVERSOS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...1246 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245809", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245809", " ENCARTELADORA SKIN RAL-TEC")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>