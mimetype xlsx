--- v0 (2025-11-13)
+++ v1 (2026-03-25)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247049", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247049", "VARREDEIRA DE PISO  TRIPULADA  INDUSTRIAL TENNANT MOD. 385 - GASOLINA ORIGINAL / FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246056", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246056", " 10 UNDADES PISTÕES - COMPRIMENTO APROX. 1.500MM X APROX. 5 POLEGADAS DIAMETRO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246051", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246051", " TRATAMENTO DE ÁGUA ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246061", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246061", " GARRA FLORESTAL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246054", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246054", " ESTEIRA  MEDINDO 1.5 M DE COMPRIMENTO E 0,40 M DE LARGURA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246057", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246057", " ELEVADOR DE CARGA  - CAPACIDADE 800 KGS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246050", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246050", " ELEVADOR DE CARGA  - CAPACIDADE 800 KGS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246060", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246060", " MISTURADOR DE TINTA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246080", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246080", "APROX. 12.000 KILOS CHAPAS GALVANIZADOS - 2.000 X 500 X 0,60")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246059", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246059", " MOTOR DIESEL JOHN DEERE")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246058", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246058", " MAQUINA DE CORTAR TIRAS DE BORRACHA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246052", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246052", " TANQUE DE AÇO CARBONO CAPAC. 10.000 LITROS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246053", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246053", " TANQUE DE AÇO CARBONO CAPAC. 5.000 LITROS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246055", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246055", " EQUIPAMENTO PARA MISTURAR")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246062", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246062", " FORNO BRASIMET TENSÃO 220V / CAPACIDADE 1.000 GRAUS/LARGURA 800MM X COMPRIMENTO 1.000MM")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246064", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246064", " [ VÍDEO ] PLATAFORMA ELEVATÓRIA MÓVEL CAPACIDADE 2,5 TON / ALTURA 1.700MM")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246067", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246067", " 02 UN. TÚNEL DE ENCOLHIMENTO SLIVIS / VOLTAGEM 220")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246065", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246065", " COMPRESSOR BOOSTER TENSÃO 380/600")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246066", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246066", " FORNO PARA TÊMPERA 1.000 GRAUS - MEDINDO LARGURA 500MM X COMPRIMENTO 1.000MM")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246069", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246069", " MÁQUINA AUTOMATICA PARA CONTAR PINTINHOS / CONTAGEM 25.000/HORA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246063", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246063", " ALTERNADOR WEG MOD. GPA 500 1.250KVA/10.500V/6 POLOS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246068", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246068", " ALTERNADOR WEG MOD. GPA 500 1.250KVA/10.500V/6 POLOS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246070", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246070", "03 UN. BOMBAS PARA ABASTECIMENTO DE ÓLEO DIESEL ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246071", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246071", "TANQUE PP 1.600 LITROS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246077", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246077", " 13 unidades - Caçamba para remover Cavaco/ estamparia e outros com rodizio")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246072", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246072", " Carro Hidraulico Paleteira Pontografica manual 1 tn ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246074", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246074", " 20 unidades Gaveteiro com rodizio")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246078", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246078", " Aprox. 1300 kilos lote de franges e filtros ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246073", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246073", " 10 unidades armários para vestiário ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246076", "034")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246076", " Aprox. 8 ton. vigas de 8 e 10 polegadas ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246075", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246075", " 10 unidades carrinho para transporte de peça e ferramentas ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246079", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246079", " 30 unidades cadeiras giratórias para escritório ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>