--- v0 (2025-11-15)
+++ v1 (2026-03-25)
@@ -269,1467 +269,1287 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246091", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246091", " 03 UN. VÁLVULA GLOBO 10" 150# INOX COM ATUADOR ELÉTRICO MARCA HITER MODELO 10"")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246109", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246109", " APROX. 24 UN. VÁLVULA DIAFRAGMA MARCA GEMU ( Válvula Ge mu DN15 - 8 peçasVálvula Gemu DN40 - 5 peçasVálvula Gemu 3" - 11 peças)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246124", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246124", " APROX. 50 UN. POÇOS PARA SENSOR DE TEMPERATURA - INOX MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246101", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246101", " APROX. 20 UN. TRANSFORMADOR / CONVERSOR 220 X 110V - 500W MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246102", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246102", " 03 UN. CELULAS DE CARAGA MARCA SIEMENS MODELO MILLTRONICS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246122", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246122", " APROX. 136 UN. MÓDULOS SDCD YOKOGAWA MARCA YOKOGAWA MODELO AAI 135")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246098", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246098", " APROX. 183 UN. MÓDULOS SDCD YOKOGAWA MARCA YOKOGAWA MODELO SDV 144")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.575,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246093", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246093", " APROX. 184 UN. MÓDULOS SDCD YOKOGAWA MARCA YOKOGAWA MODELO AAI 835")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246123", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246123", " 06 UN. SWITCH INDUSTRIAL HIRSCHMANN MARCA HIRSCHMANN MODELO (05-RS20 0800M2T1TDAUWW E 01-RS20 0800S2S2TDAPWW) ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246094", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246094", " 07 UN. VÁLVULA DIAFRAGMA MARCA GEMU MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246134", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246134", " APROX. 23 UN. TERMOSTATO MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246113", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246113", " 11 UN. FUSÍVEL 7,2KV - 100A MARCA ABB MODELO 1YMB531029M0002")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246119", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246119", " APROX. 93 UN. CONEXÕES/PEÇAS EM INOX MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246104", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246104", " APROX. 22 UN. FILTROS DE PRESSÃO HIDRÁULICO MARCA HYDAC MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246114", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246114", " 02 UN. ANALISADOR YOKOGAWA MARCA YOKOGAWA MODELO DT450G")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246092", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246092", " APROX. 20 UN. VÁLVUA RETENÇÃO 3" RTJ DUPLA PORTINHOLA 1500# MARCA RTS MODELOS 3" 1500# RTJ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246095", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246095", " 01 UN. MEDIDOR DE VAZÃO 8" MARCA SIEMENS MODELO SITRANS MAG 6000")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246111", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246111", " 02 UN. VÁLVULAS GLOBO SAMSON 8" 150# MARCA SAMSON MODELO CONTROLE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246103", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246103", " 04 UN. VÁLVULA DE SEGURANÇA MARCA/ MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246110", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246110", " 04 UN. VÁLVULA DE CONTROLE MARCA MOKVELD MODELO 10"")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246125", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246125", " 01 UN. VÁLVULA BORBOLETA COM CAIXA REDUTORA MARCA KEYSTONE MODELO 14"")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246118", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246118", " 04 UN. VÁLVULA DE RETENÇÃO 4" 1500# MARCA DIVERSOS MODELO 4" 1500#")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246132", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246132", " 18 UN. VÁLVULA BORBOLETA 16" EIXO LIVRE MARCA TYCO MODELO 16"")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246100", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246100", " 07 UN. VÁLVULAS DIVERSAS MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246112", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246112", " 05 UN. CONVERSOR ROSEMOUNT MARCA ROSEMOUNT MODELO CONVERSOR ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246126", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246126", " APROX. 30 UN. TRANSMISSORES DE PRESSÃO MARCA SIEMENS MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246105", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246105", " APROX. 20 UN. VÁLVULAS ESFERA 1" 1500# INOX MARCA VESCON MODELO 1" 1500#")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246096", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246096", " APROX. 21 UN. TRANSMISSORES DE TEMPERATURA MARCA YOKOGAWA MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246117", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246117", " 07 UN. VÁLVULAS ESFERA COM ATUADOR MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246106", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246106", " 11 UN. VÁLVULAS MANUAIS MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246131", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246131", " 05 UN. ATUADORES ELÉTRICOS MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246133", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246133", " 01 UN. VÁLVULA BORBOLETA 24" TOTAL INOX MARCA CRANE MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246128", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246128", " 08 UN. TRANSFORMADORES E CHAVES MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246116", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246116", " 01 UN. VÁLVULA DUPLO BLOQUEIO 14" 300# ATUADOR ELÉTRICO MARCA MNA MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246135", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246135", " 06 UN. VÁLVULAS DE CONTROLE MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...180 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246115", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246115", " 09 UN. VÁLVULAS DE CONTROLE MARCA/ MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246107", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246107", " 02 UN. VÁLVULAS BORBOLETA MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246121", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246121", " 03 UN. VÁLVULAS ESFERA MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246108", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246108", " 01 UN. CHAVE MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246120", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246120", " 02 UN. VÁLVULA BORBOLETA 14" 300# COM ATUADOR ELÉTRICO MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246127", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246127", " APROX. 34 UN. VÁLVULAS DIVERSAS MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...287 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246130", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246130", " 01 UN. VÁLVULA ESFERA 16" 600# MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...153 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246129", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246129", " 01 UN. VÁLVULA BORBOLETA 46" MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...281 lines deleted...]
-      <c r="F42" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246097", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246097", " 01 UN. VÁLVULA ESFERA 18" 300# MARCA/MODELO DIVERSOS ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-[...382 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246099", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246099", " 01 UN. VÁLVULA GAVETA 12" 600# MARCA/MODELO DIVERSOS ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>