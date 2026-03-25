--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,1531 +269,1343 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246138", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246138", " Aproximadamente 3.300 metros de Arame espaguete termoretrátil ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246146", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246146", " Aproximadamente 700 peças de born ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246140", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246140", " Aproximadamente 930 peças de rolamentos ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246142", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246142", " Lote de eletrodo de alumínio, arame mig")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246162", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246162", " Aproximadamente 400 peças de extensão rígida para pneu sem cãmara em latão ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246167", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246167", " Lote de transformador diversos ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246143", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246143", " Lote de válvulas diversos modelos ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246161", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246161", " Lote de posicionador Imã e válvulas ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246151", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246151", " Aproximadamente 65 Kg de eletrodo de inox ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246153", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246153", " Lote de vávulas de bloqueio danfoss ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246160", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246160", " Aproximadamente 540 peças de rosetas ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246163", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246163", " Aproximadamente 40 peças de válvula rele refencia 2019006")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246141", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246141", " Aproximadamente 36 Kg de tela de inox")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246166", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246166", " Aproximadamente 280 Kg  de pistão hidráulico")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246139", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246139", " Aproximadamente 70 Kgs  de resistênica cartucho várias amperagens ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246164", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246164", " Aproximadamente 70 Kg de manetes de bicicleta em alumínio")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246155", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246155", " Lote com: 02 peças de caixa de rolamento fcm sbma5201 caixa de rolamento hinfel 34")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246156", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246156", " Lote com: 08 peças de esticador de cabo de aço de 1 polegada marca Crosby08 grampo para cabo de aço 7/8")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246159", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246159", " Lote de rolamentos ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246154", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246154", " Lote de filtros chicotes e juntas ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246157", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246157", " Lote com: 105 Kg de arame mig fer ferro fundido bitola de 1,6 marca nicrosol30 Kgs de arame revestimento duro bitola de 1,2 marca utp")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246144", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246144", "Aproximadamente 460 bicos de corte maçarino bico corte plasma e outros ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246165", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246165", " Aproximadamente 30 Kg de arame continuo com alma de níquel puro e revestimento de carboneto de tungstênio bitola de 5 mm")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246147", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246147", " 02 peças de correia wesfalia numero 293045")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246148", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246148", " Aproximadamente 23 peças de transformadores, trafos e reatores")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246145", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246145", " A proximadamente 2.500 Kg de roletes suporte roletes laminas raspadoras e caixa de rolamento")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246169", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246169", " Lote de conexões giratória ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246171", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246171", " Aproximadamente 24 mancais modelo 516")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246168", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246168", " 05 peças de fonte quint-ups / 24dc/24dc/5/1.3ah número 2320254")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246152", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246152", " Lote com: 20 peças de rosca sem fim 2 com suporte de bronze 17 peças de parafuso inox rosca 28 peças eixo motorredutor wf ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246150", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246150", " Lote de contatores ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246158", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246158", " Lote de chaves disjuntores ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246149", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246149", " Lote de chave disjuntor ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246180", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246180", "Aproximadamente 1200 peças de parafuso ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246181", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246181", "Motor weg 75cv")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246182", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246182", "13 peças de broca com eixo estriado medida 19x250x380 Referencia 1.618.596.388")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246183", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246183", "07 peças de atuador regulador de turbina a vapor Equipamento robusto possui  volante para acionamento manual ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247039", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247039", "Rolo de fita refletiva com 123 cm de largura ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247040", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247040", "Lote de peças de motos ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247041", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247041", "Lote de consumíveis de solda ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247042", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247042", "Lote de válvulas e juntas ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247043", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247043", "Lote de conexões")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247044", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247044", "Lote de parafusos Caterpillar - Plasser")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247045", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247045", "Lote de rolamentos, cruzetas e trizetas ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247046", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247046", "25 peças de grampo de aterramento duplo 3/8")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247047", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247047", "Material de automação")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...479 lines deleted...]
-      <c r="D29" s="4" t="inlineStr">
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="E29" s="5" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...862 lines deleted...]
-      </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248201", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248201", "Lote com: 105 Kg de arame mig fer ferro fundido bitola de 1,6 marca nicrosol30 Kgs de arame revestimento duro bitola de 1,2 marca utp")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>