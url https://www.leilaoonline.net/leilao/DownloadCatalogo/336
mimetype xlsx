--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1371 +269,1203 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15065", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15065", " Misturador vertical/duplo helicoidal - 1 ton.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15066", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15066", " Rosca dosadora 200ml/helicoidal - 6m")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15067", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15067", " Misturador em Y - inoxidavel - 100kg - completo")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15068", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15068", " Balança ensacadora -200kg - completa")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15070", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15070", " Roscas dosadoras (2m a 5m) - aço carbono")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15084", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15084", " Maq. Pré-limpeza keplerwerber - 25ton.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15074", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15074", " 2 (dois) Corpos de elevadores - TC 25 (13m e 24m)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15085", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15085", " Caixa dosadora - aço carbono - 2 ton.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15082", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15082", " Plataforma aço carbono (galvanizada a fogo) 1,15mX2,30m")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15072", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15072", " Tubos em aço carbono")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15073", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15073", " Compressor Freon - Madet")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15079", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15079", " 3 (três) palets de tijolo refratário")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15078", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15078", " Chiler inox - 5 mil litros")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15075", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15075", " Forçador de torre de gelo")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15080", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15080", " Esteira de embalagem - 12m - inoxidável")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15081", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15081", " Luminárias diversas")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15069", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15069", " Banheira em inox - 700 litros")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15071", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15071", " Peneira estática")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15077", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15077", " Balcão refrigerado completo (expositor)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15076", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15076", " Seladouras 8 peças")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15083", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15083", " Picadeira de legumes")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15086", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15086", " Diversas prateleiras em aço carbono 15 peças")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15087", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15087", " Ensacador de grãos")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15088", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15088", " 11 (onze) chapas")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15089", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15089", " 2 (duas) fritadeiras")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15091", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15091", " Bombas de alta pressão - 50cv 2 peças")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15092", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15092", " Exaustores 3 peças")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15093", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15093", " Estufas (expositor para salgados)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15090", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15090", " 2 (duas chaves) de partida a óleo - estrela triangulo")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15094", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15094", " Esteira classificatória de legumes - 5m")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15101", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15101", " Baú Refrigerado")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15102", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15102", " Diversas caixas d´água (6 peças).")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15099", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15099", " Encanteiradeiras (maquina p/ canteiros)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15097", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15097", " Subsolador - 5 hastes")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15095", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15095", " Grade niveladora")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15100", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15100", " Bomba pulverizadora Jacto - 600lt")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15096", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15096", " Chiler inox - 9metros")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15098", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15098", " Maq. Cortar asas de frango ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15104", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15104", " Triturador de Resíduos")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15103", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15103", " Cadeiras diversas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15106", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15106", " Cortador de Frios (5 peças)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...1214 lines deleted...]
-      </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15105", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15105", " Lavadoura de Legumes")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>