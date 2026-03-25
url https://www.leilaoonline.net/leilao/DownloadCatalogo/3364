--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247413", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247413", "veja o vídeo!! FIAT/STRADA ENDURANCE CS; 2021/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247348", "015")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247348", "ALFA ROMEO; 1981/1981; COR AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247301", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247301", "veja o vídeo!! HONDA/CITY DX FLEX; 2010/2011; PRATA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247014", "025")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247014", "RENAULT/CLIO RT 1.0 16V; 2001/2001; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247003", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247003", "veja o vídeo!! MMC/L200 TRITON 3.2 D; 2010/2010; PRATA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247012", "035")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247012", "veja o vídeo!! FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247011", "040")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247011", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247006", "045")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247006", "veja o vídeo!! FIAT/TORO FREEDOM AT6; 2019/2020; BRANCA; ALCO./GASOL. - NÃO FUNCIONA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>56.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246994", "050")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246994", "veja o vídeo!! VW/GOL 1.0L MC4; 2019/2020; BRANCO; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247002", "055")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247002", "AMBULÂNCIA I/M. BENZ REVESCAP AMB SR; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247013", "060")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247013", "GOL 1.6; 2009/2010; COR BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247005", "065")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247005", "veja o vídeo!! AUDI/A3 1.8T; 2003/2004; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247009", "070")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247009", "veja o vídeo!! I/GM CAPTIVA SPORT AWD; 2008/2009; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246991", "075")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246991", "I/TOYOTA HILUX CDSRVA2GF; 2020/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>138.650,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246990", "080")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246990", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246993", "085")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246993", "veja o vídeo!! CHEV/ONIX 10MT LT2; 2023/2024; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246989", "090")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246989", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; MOD 2021; BRANCA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>58.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247010", "095")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247010", "veja o vídeo!! I/M. BENZ A250TURBOSPORT; 2018/2019; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>167.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246992", "100")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246992", "veja o vídeo!! FIAT/PALIO WK ADVEN FLEX; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246997", "105")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246997", "veja o vídeo!! I/LR FREELANDER2 SD4 SE; 2011/2011; PRATA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246999", "110")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246999", "GM SILVERADO 4.1; 1997/1998; COR BRANCA; GASOL./GNV")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246996", "115")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246996", "CHEVROLET S10 ADV FD2; MOD 2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...15 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247000", "120")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247000", "TOYOTA HILUX SW4 SRV 4X4; 2008/2009; COR PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246988", "125")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246988", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247004", "130")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247004", "veja o vídeo!! VW/FUSCA 1300 L; 1977/1977; AZUL; GASOLINA - FUNCIONANDO ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246998", "135")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246998", "AMBULÂNCIA I/M. BENZ 415 ALLTECH AMB; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247008", "140")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247008", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...510 lines deleted...]
-      </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246995", "145")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246995", "veja o vídeo!! NISSAN/FRONTIER LE 25 X4; 2009/2010; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247001", "150")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247001", "SMART FORTWO COUPE 62; 2010/2010; COR FANTASIA; GASOLINA - FUNCIONADO - IPVA 2024 OK")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247007", "155")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247007", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA - IPVA 2024 OK")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>