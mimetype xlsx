--- v0 (2025-11-30)
+++ v1 (2026-03-25)
@@ -269,3579 +269,3135 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248154", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248154", "[ VÍDEO ] TRATOR DE ESTEIRA CAT D9H. FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248153", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248153", " MOTOR CAT 3408 STANDER")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248195", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248195", " [ VÍDEOS ] ESCAVADEIRA KOMATSU PC-150 3D SERIE-8 ANO 2.000. FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>87.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248192", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248192", " [ VÍDEO ] PÁ CARREGADEIRA CAT 966H ANO 2012 FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248194", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248194", "[ VÍDEO ] PÁ CARREGADEIRA CAT 950H ANO 2012 FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248158", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248158", " CONCHA ESCAVADEIRA CAT 345C")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248159", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248159", " 1 RODA PA CARREGADEIRA 966C")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248156", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248156", "MASCARA E PISTÕES DA LAMINA D6T")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248161", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248161", " H COMPLETO DA PA CARREGADEIRA HYUNDAI 757")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248160", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248160", " PATOLA RETRO ESCAVADEIRA JCB 3C")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248157", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248157", "LAMINA TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248155", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248155", "U DA LAMINA TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248162", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248162", "TRUQUE LADO ESQUERDO TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248163", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248163", "TRUQUE LADO DIREITO TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248164", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248164", " H COMPLETO DA PA CARREGADEIRA 924G")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248166", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248166", " LANÇA TRASEIRA DA RETRO ESCAVADEIRA JCB 3C")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248168", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248168", " VOLANTE COLUNA E COMANDOS PATROL FIATALLIS FG85")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248165", "024")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248165", "LAMINA PATROL CAT 120B")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248167", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248167", " 5 PNEUS 17.5\25")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248169", "028")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248169", " 9 PNEUS 10.00\20")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248170", "030")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248170", " RODA GUIA COM MOLA ESCAVADEIRA CAT 330CL")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248172", "031")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248172", " SEGUIMENTO DO COMANDO FINAL ESCAVADEIRA CAT 330CL")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248171", "032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248171", " POLIAS AVULSAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248174", "035")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248174", " CABINE VAZIA CASE 721C")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248173", "036")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248173", " CABINE VAZIA RETRO ESCAVADEIRA JCB 3C")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248175", "037")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248175", " CABINE VAZIA PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248178", "038")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248178", " CABINE VAZIA CAT PATROL 120B")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248176", "040")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248176", " CABINE VAZIA ESCAVADEIRA KOMATSU PC 200\220")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248177", "041")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248177", " CABINE VAZIA ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248135", "042")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248135", " H E LINK PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248141", "046")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248141", " PISTÃO DO STICK ESCAVADEIRA FIATALIIS FX215")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248146", "047")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248146", " PISTÃO DO STICK ESCAVADEIRA CAT 345C")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248145", "048")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248145", " PISTÃO GEMEOS ESCAVADEIRA CAT 330")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248139", "049")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248139", " PISTÃO DA LAMINA TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248143", "050")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248143", " PISTÃO DA ARTICULAÇÃO DA CONCHA PA CARREGADEIRA VOLVO L120")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248144", "051")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248144", " PISTÃO DO GEMEOS ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248142", "052")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248142", " PISTÃO DA LAMINA TRATOR DE ESTEIRA D8K")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248137", "054")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248137", " EIXO TRASEIRO COMPLETO PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248136", "057")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248136", " EIXO DIANTEIRO COMPLETO PATROL FIATALLIS FG85")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248140", "058")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248140", " EIXO DIANTEIRO COMPLETO PATROL VOLVO G940")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248138", "059")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248138", " EIXO PARCIAL PA CARREGADEIRA CAT 966C")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248147", "061")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248147", " EIXO COMPLETO PRA ROLO COMPACTADOR")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248149", "067")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248149", " RADIADOR DE AGUA, OLEO E WHATER COOLER ESCAVADEIRA CAT 312D")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248151", "068")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248151", " COMANDO FINAL COMPLETO TRATOR DE ESTEIRA CAT D8K")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248150", "071")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248150", " MOTOR VOLVO DE CAMINHÃO PARCIAL")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248148", "072")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248148", " COMANDO HIDRAULICO ESCAVADEIRA KOMATSU PC-150 SERIE 5")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248152", "073")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248152", " REDUTOR DE GIRO ESCAVADEIRA KOMATSU PC-150 SERIE 3")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248100", "075")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248100", " COMANDO HIDRAULICO ESCAVADEIRA CAT 320B")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248111", "077")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248111", " MOTOR DE GIRO ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248104", "078")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248104", " MOTOR DE GIRO ESCAVADEIRA CAT 320B")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248102", "079")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248102", " BOMBA HIDRAULICA ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248105", "080")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248105", " TRANSMISSÃO PARA ROLO MARCA OKAMURA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248103", "081")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248103", " TRANSMISSÃO TRATOR DE ESTEIRA CAT D4E")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248110", "083")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248110", " TRANSMISSÃO TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248112", "084")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248112", " BLOCO CAT 3306 COM PLACA ESPASSADORA")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248107", "085")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248107", " CABEÇOTE CAT MOTOR 3306")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248108", "087")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248108", " BLOCO CAT MOTOR C6.6")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248109", "088")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248109", " CABEÇOTE MOTOR PERKINS CAT 416 NO ESTADO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248101", "089")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248101", " COMANDO HIDRAULICO TRASEIRO RETRO ESCAVADEIRA CAT 420\416")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248106", "090")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248106", " COMANDO HIDRAULICO TRASEIRO RETRO ESCAVADEIRA JCB 3C")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248113", "092")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248113", " COMANDO HIDRAULICO PA CARREGADEIRA CASE W7")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248115", "095")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248115", " TRANSMISSÃO PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248116", "096")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248116", " COMANDO DE GRUPO DE VALVULA PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248114", "097")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248114", " CONVERSOR DE TORQUE TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248119", "099")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248119", " MOTOR DE GIRO ESCAVADEIRA CAT 345C")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248118", "100")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248118", " REDUTOR DE TRAÇÃO ESCAVADEIRA CAT 330")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248117", "102")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248117", " COMANDO FINAL ESCAVDEIRA CAT 345C")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248125", "103")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248125", " COMANDO HIDRAULICO ESCAVADEIRA CAT 345C")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248124", "104")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248124", " COMANDO HIDRAULICO PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248123", "105")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248123", " BOMBA HIDRAULICA TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248120", "106")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248120", " BOMBA DIRECIONAL TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248122", "107")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248122", " COMANDO HIDRAULICO TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248121", "109")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248121", " HELICE, MOTOR DE HELICE E DEFLETOR PA CARREGADEIRA HYUNDAI 757")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248126", "110")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248126", " BOMBA DE TRANSMISSÃO TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248131", "111")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248131", " MOTOR DE HÉLICE ESCAVDEIRA CAT 330")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248130", "112")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248130", " BOMBA DE FREIO E DIRECIONAL PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248132", "113")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248132", " BOMBA DE FREIO TRATOR DE ESTEIRA KOMATSU D61")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248127", "114")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248127", " MOTOR DE GIRO TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248128", "115")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248128", " BOMBA HIDRAULICA TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248134", "116")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248134", " BOMBA DIRECIONAL TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248129", "117")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248129", " GRUPO DE VALVULA ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248133", "120")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248133", " BOMBA HIDRAULICA CAT 950G")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248184", "121")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248184", " PAR DE COMANDO FINAL PERFURATRIZ ROCK DRILL")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248179", "122")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248179", " PAR DE PISTÃO APROX. 65 CM")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248182", "124")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248182", " LOTE COM COMANDOS E PARTE HIDRÁULICA PERFURATRIZ ROCK DRILL")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248181", "125")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248181", " BOMBA LUVA DOSADORA MOTOR 3306")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248183", "127")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248183", " BOMBA DE ALTA MOTOR 3116")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248185", "128")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248185", " BOMBA PT DO MOTOR CUMMINS BIG CAN")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248180", "129")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248180", " BOMBA DE ALTA MOTOR 3116")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248186", "130")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248186", " RADIADOR COMPLETO PATROL FIATIALLIS FG85")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248188", "131")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248188", " RADIADOR DE AGUA E MASCARA PÁ CARREGADEIRA CAT 930")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248190", "132")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248190", " RADIADOR DE AGUA E MASCARA CAT PATROL 120B")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248187", "133")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248187", " 2 RODA GUIA E REDUTOR COM CORRENTE PERFURATRIZ ROCK DRILL")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248189", "134")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248189", " PAR DE PISTÃO DE APROX. 70CM")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248191", "135")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248191", " PISTÃO DE APROX. 70CM")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248193", "140")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248193", " MOTO BOMBA A DIESEL MARCA BRANCO 13CV NOVA E SEM USO, ENTRADA E SAIDA DE 3 1\2 POLEGADAS")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248197", "143")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248197", " LOTE DE PISTÕES 1KG APROX. 4 TON")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248199", "144")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248199", " PTO VOLVO G940")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248196", "145")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248196", " CONTRA-PESO RETRO ESCAVADEIRA CAT 416")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248198", "146")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248198", " CONCHA APLICAÇÃO PÁ CARREGADEIRA 966C E 966R")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248297", "147")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248297", " CHICOTE PARCIAL PÁ CARREGADEIRA CAT 950H")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248301", "148")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248301", " CAIXA DE AR ESCAVADEIRA CASE CX220")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248296", "149")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248296", " CAIXA DE AR ESCAVADEIRA CAT 312DL")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248299", "150")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248299", " CAIXA DE AR ESCAVADEIRA CAT 312DL")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248294", "151")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248294", " CAIXA DE AR ESCAVADEIRA CAT 320 B")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248300", "152")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248300", " 2 CAIXA DE AR ESCAVADEIRA HYUNDAI 320 E 210")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248292", "153")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248292", " LOTE DE MODULOS: 621S\631S, 191-9863X, 221-8874, 331-7540")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>8.600,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248295", "154")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248295", " MODULO: 417-6011")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248293", "155")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248293", " LOTE DE MÓDULOS: 228-0382, 279-7655X , KOMATSU 14690, 366-8821")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248298", "156")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248298", " MÓDULO: 10R-4092")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...1326 lines deleted...]
-      <c r="E57" s="5" t="inlineStr">
+      <c r="E120" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
-      <c r="F57" s="4" t="inlineStr">
-[...2014 lines deleted...]
-      </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248601", "157")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248601", "PÁ CARREGADEIRA FIATALLIS FR12 HD. FALTA MOTOR, TRANSMISSÃO, BATERIA E 3 RODAS COM PNEU, MÁQUINA EM ÓTIMO ESTADO ")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>