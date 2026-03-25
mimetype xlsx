--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247350", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247350", " LOTE COM 26 UM. DE un Rolamentos Diversos.  CONF. RELAÇÃO EM SÍNTESE ANEXO.  NO ESTADO ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247352", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247352", " lote com 49 Um. De  FILTROS DIVERSOS. CONF. RELAÇÃO EM SÍNTESE ANEXO.  NO ESTADO ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247355", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247355", " LOTE COM:  CORREIAS, BROCAS, CORRENTES, MAT ELÉTRICO, HIDRÁULICO, ETC.  CONF. RELAÇÃO EM SÍNTESE ANEXO.  NO ESTADO ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247351", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247351", " Penta Hidro 2014  ANO:  2015 OBS:  Faltando a roda L/E NO ESTADO ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247353", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247353", " Plaina Niveladora mod. Robusta-440 ANO:  2016 OBS:  *Sem Pendência NO ESTADO ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247354", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247354", " Penta Hidro 2014 -  ANO:  2015 OBS:  *Faltando haste com ponteira NO ESTADO ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247357", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247357", " Máquina coletora de detrito Rocca - ANO:  2015 OBS:  *Faltando algumas conexões hidráulicas. *Faltando visor de nível do lubrificante NO ESTADO ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247359", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247359", " Empilhadeira Clark C25TSU - Empilhadeira autopropulsora Clark mod C25TSU mov a glp - cap 2500kg - Un ANO:  2013 OBS:  apresenta danos no sistema de transmissão, motor e estrutura e elétrica. Dessa forma, não é viável realizar a manutenção necessária para corrigir esses problemas. NO ESTADO ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247358", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247358", " Plantadeira Terence T1 - Plantadeira Terence T1 - Un ANO:  2018 OBS:  Em relação às plantadeiras, informo que as mesmas encontram-se em bom estado de uso. NO ESTADO ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247360", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247360", " Plantadeira Terence T2 - Plantadeira Terence T2 - Un ANO:  2018 OBS:  Em relação às plantadeiras, informo que as mesmas encontram-se em bom estado de uso. NO ESTADO ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247361", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247361", " Carretel IRTEC combo C110/220A ANO:  2015 OBS:  Equipamento particamente novo. Necessário realizar manutenção/revisão, troca de rolamento, pneus estão vazios e verificar amangueira. NO ESTADO ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247363", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247363", " Carretel IRTEC combo C110/220A ANO:  2015 OBS:  Equipamento particamente novo. Necessário realizar manutenção/revisão, troca de rolamento, pneus estão vazios e verificar amangueira. NO ESTADO ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247362", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247362", " Carretel IRTEC combo C110/220A ANO:  2015 OBS:  Equipamento particamente novo. Necessário realizar manutenção/revisão, troca de rolamento, pneus estão vazios e verificar amangueira. NO ESTADO ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247365", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247365", " LOTE COM 28 UNID DE  PNEUS, AROS, KIT REMENDO, ETC.  CONF. RELAÇÃO EM SÍNTESE ANEXO.  NO ESTADO ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247364", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247364", " LOTE COM 46 UNID DE:   PNEUS, AROS, KIT REMENDO, ETC.  CONF. RELAÇÃO EM SÍNTESE ANEXO.  NO ESTADO ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...100 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247366", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247366", " I/VW AMAROK CD 4X4 S     PLAC: POB9198 ANO:  2017 CHASSI:  WV1DD42H0HA022690 RENAVAM: 1131815901 OBS:  O veículo em questão está com o motor danificado e o sistema de freio comprometido. Além disso, possui alguns amassados, arranhões na carroceria e componentes internos e externos quebrados, como r")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...350 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247367", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247367", " CAMINHONETE CARGA, I/KIA UK-2500 2.5   - CARROCERIA FECHADA PLACA: POJ9996  ANO: 2017/2018 CHASSI:  9UWSHX76AJN020855 RENAVAM: 1125931571 OBS:   O veículo está baixando óleo do motor- Apresentando perda de potência e falhando - Possui alguns amassados, arranhões - Para choque danificado- Alguma")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>