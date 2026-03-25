--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -269,3803 +269,3331 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247535", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247535", " VW/FUSCA 1300 ANO 1980/1980 – COR BEGE – GASOLINA – DOCUMENTO OK. FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247536", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247536", " Equipamento Aquecedor para rolamento , marca Jamo modelo Jm 50 D")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247537", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247537", " Cafeteiras industriais elétricas, sendo 3 peças com capacidade 5L e 1 peça dupla com capacidade 20L, todas marca Monarcha")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247540", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247540", " Cortina de ar. Comprimento 1 metro , 4 peças modelo 3010")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247539", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247539", " 3 un. Queimadores")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247538", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247538", " Pistão hidráulico. Diâmetro do eixo 50mm x diâmetro da camisa 110 mm x comprimento 1420 mm")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247543", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247543", " Bomba propulsora pneumática modelo 11020")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247541", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247541", " Aprox. 60 kgs Tubos de alumínio. Parede de 3.5 mm x 1.6 m x diâmetro externo 40 mm sendo 58 barras")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247637", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247637", "DISJUNTOR MARCA SCHNEIDER MODELO NW 20H1")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247545", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247545", " Parafusos Aprox 1000 kg. Diâmetro 10 mm x 25 mm de comprimento")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247542", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247542", " Motor Weg , acoplado com duas bombas nas extremidades. sendo; Motor de 75 cv com 1770 rpm.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247548", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247548", " 09 un. Piso em aço carbono Dimensões 100 cm x 35 cm")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247544", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247544", " Conjunto pronto para montar uma câmara fria contendo: 01 un. condensadora Danfos; 2 portas de inox com dimensões: largura 0,80 cm x 1.80 cm de altura; 01 cortina de ar medindo 1,2m e 02 evaporadores.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247547", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247547", " Aprox. 200 kgs – Chapa de alumínio xadrez aproximadamente para uso em 30 m quadrados dimensões de 1.00 m x 1.25 m a 3,00m x 1.25 m")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247549", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247549", " Aprox. 15.000 kg de vários perfil em aço carbono (tubos , vigas , etc)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247550", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247550", " Motor WEG. 40 cv 1770 rpm ( sem uso)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247556", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247556", " 02 unidades - Compressor Danfos modelo NOSH120A9ALC")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247552", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247552", " 05 unidades - Motor/ bomba centrifuga em aço inoxidável com motor Weg 3CV vazao 10 m/ hora")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247546", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247546", " Motor/ Bomba centrifuga em aco inoxidável com motor Weg 6 CV vazão 20 m/ hora")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247554", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247554", " Motor/ bomba centrifuga de inox com motor Weg 10 cv vazão 30 m/ hora")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247551", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247551", " Vários pistões e unidades pneumáticas. Conforme lote exposto")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247638", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247638", "DISJUNTOR MARCA SCHNEIDER MODELO MVS08N")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247555", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247555", " Motor Weg 15 CV 3525 rpm. Sem uso. À prova de explosão")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247567", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247567", " Exaustor diâmetro de saída com 16 cm acoplado com motor de 7.5 CV. 3530 rpm ( marca VOGES).")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247557", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247557", " Calandra para perfis de chapa")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247553", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247553", " Eixos roscados sendo 18 pçs ( diâmetro 38mm x 1.15 m ) e 10 pcs (diâmetro 44 mm x 2.15 m ). Galvanizados. Total aprox. 500 kg")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247563", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247563", " Lavador de pecas dimensões do tanque 1.3m x 0,50m com moto/ bomba e reservatório inferior")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247565", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247565", " 3 bebedouros sendo 2 marca Brastemp e 1 IBBL")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247558", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247558", " 02 un. ( aprox.80 kgs) radiadores de uso em motores de geradores")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247575", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247575", " 13 un. carrinhos ( azul 5 un. e galvanizados 8 un.) - azuis com 90 cm de altura x 0,50 cm largura x 0,90 cm de comprimento; galvanizados com 3 plataformas na dimensão de 1,10 cm altura x 1,00 cm de comp x 0,60 cm largura.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247559", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247559", " 05 carrinhos e aço carbono e em aço inoxidável para transportar cilindros")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247593", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247593", " Caldeirão a gás 200 L")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247574", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247574", " Caldeirão a gás 200 L")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247583", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247583", " Caldeirão a gás em inox")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247561", "038")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247561", " Esteira estrutura em alumínio largura 0,80 m x 3.5 m comprimento com motor para acionamento.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247589", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247589", " Guarita em fibra de vidro dimensões 1.0 m x 1m x altura de 2m")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247579", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247579", " Grades de aço para fechamento industrial sendo as maiores 22 pcs com dimensões : largura 1 m x altura 2.2 m e menores 13 pcs dimensões : 1,0 x 1,0 m")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247573", "042")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247573", " 02 unidades – Container plásticos sendo: azul nas dimensões altura 90 cm x 1.2 m x 80 cm e laranja altura 90 cm x 1.4 mx 80 cm")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247588", "043")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247588", " Compressor de ar pressão máxima 400 LB")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247571", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247571", " Esteira estrutura de alumínio com largura de 70 cm x 1.5 m com motor 1/2 CV 1560 rpm")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247595", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247595", " 01 un. Balança de 500 kgs mecânica")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247562", "050")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247562", " Caçamba de 5 m. ( Necessário trocar o fundo)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247577", "051")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247577", " Escada de alumínio com 18 degraus altura de 6m ( aprox 80 kgs)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247566", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247566", " Fritadeira elétrica")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247578", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247578", " 03 uni. Pia de inox - Dimensão 2.3 m x 60 cm, Dimensão 3.5 m x 70 cm e Dimensão 2.3 x 70 cm")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247586", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247586", " Batedeira marca G.Paniz com panela de inox capacidade aprox 35 lts")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247582", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247582", " 03 uni. Pia de inox - Dimensão 4,4m x 70 cm, Dimensão 2,8m x 72 cm e Dimensão 2,8m x 60 cm")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247564", "056")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247564", " Fogão industrial 4 bocas")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247587", "058")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247587", " Tanque de lavagem dimensões 58 x 70 x 60 cm profundidade")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247560", "059")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247560", " Tanque para lavagem de pecas com declive dimensões 1.5 m x 50 cm")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247585", "062")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247585", " Mesa para lavagem de pecas em aço inoxidável dimensões 1,00 x 1,00 m")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247576", "064")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247576", " Fogão industrial 6 bocas em aço carbono ( necessita reparo)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247580", "065")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247580", " 04 un. frezers – 2 horizontais e 2 verticais")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247581", "066")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247581", " Moinho para plástico marca "Rone"..com boca de 25 cm x 30 cm acompanha um conj de faca extra")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247610", "067")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247610", " Aprox. 56 un. Caixa metálica dimensões aproximadas : 70 cm cx 90 cm x 65 cm altura.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247590", "069")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247590", " Mesa para lavagem sendo a estrutura de alumínio, Dimensões 1m x 1.8 m")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247572", "071")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247572", " Aprox. 18 un. Caixa metálica industrial dimensões diversas -  82 cm x 1,00 m x 0,50 profundidade  e 82 x 1.2 m ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247597", "072")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247597", " 04 un. Pallet de contenção para 4 tambores")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247570", "076")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247570", " Aprox. 29 un. Prateleiras 2.6 alt .com bandejas de 33 cm x 1,00 ( 7 a 9 bandejas)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247598", "077")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247598", " 12 un. Prateleiras com 2.1 m de altura com 5 bandejas de 39 cm x 92 cm")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247568", "078")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247568", " 09 un. Prateleiras altura 2,00 m , 7 bandejas de 30 cm x 92 cm")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247596", "080")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247596", " Aprox. 2.000 un. Caixas plásticas organizadoras tamanhos dvs. Sendo; nº4 - 200 pçs, nº5 - 250 pçs, nº6 - 1.300 pçs, nº7 - 120pçs e nº 8 - 150 pçs.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247599", "081")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247599", " Aprox. 800 un. pedras sextavadas – peso por un. 16kg - sendo utilizado 12 pçs/ m quadrado")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247602", "088")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247602", " Aprox. pçs. Abraçadeira em aço Inox e 8 válvulas em aço inox")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247604", "091")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247604", " Equipamentos diversos ( catraca, relógio de ponto )")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247605", "092")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247605", " 07 un. portas em alumínio diversas")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247603", "093")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247603", " 02 un. Armário medidas 1.45 largura x 2 m de altura x 52 cm profundidade. sendo com 24 gavetas dimensões largura 45 cm x 50 cm profundidade e 20 cm profundidade")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247600", "094")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247600", " 10 un. Caixa para instalacão elétrica")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247592", "095")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247592", " Maquina de solda")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247606", "099")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247606", " 02 un. Escadas em alumínio altura 3.2 m ( 2 unidades sendo uma montada e outra desmontada)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247601", "100")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247601", " Container de 20 pés")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247612", "105")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247612", " 03 unidades Transformador a seco")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247629", "107")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247629", " Escada com 20 degraus altura 6.1 mts x largura 1.9 mts ( com uma parte adicional de 1.7 mts )")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247628", "108")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247628", " Conjunto para corte de maçarico contendo um P45 GLP , tubo de oxigênio 7 mts³ , mangueira manômetros e caneta / acompanha carrinho")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247611", "110")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247611", " Aprox. 20 Vigas U aba 2 " x 5" aprox. 400kgs")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247635", "111")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247635", " Bancada de aço com gaveta , altura 90 cm x largura 80 cm x comprimento 2.5 mts")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247620", "112")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247620", " 8 UNIDADES , sendo motores , motor- redutor , talha .")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247614", "113")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247614", " Portão em ferro altura 2.7 mt x 2.9 largura com uma porta social peso estimado 200 kgs")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247618", "114")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247618", " Placas para aquecimento solar , contendo 49 placas dimensoes 1 mt x 2 mts so tenho as placas( sem uso) marca Prosol (Estrutura metalica para apoio acompanha")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247630", "115")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247630", " 1 Prateleira em aco carbono, ( reforcada) dimensoes altura 1.60 mts x 3.2 mts x 50 cmts")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247626", "116")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247626", " Impressora (blotter)HP design jet 8000 modelo C7780B")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247621", "117")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247621", " Amplificador Servo drive marca Fanuc")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247623", "118")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247623", " Sistema motor com redutor e carretinha acionamento com cabo de aço")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247619", "119")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247619", "[ LANCES POR KG ]  Aprox. 100kg - Barras de latão sendo: 13 barras de 15 mm , 3 barras sextavado de 30mm e 1 barra redonda de 35mm .")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="B31" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247632", "120")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247632", " 02 unidades Maquinas seladoras para embalagens plásticas")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247622", "121")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247622", " Motor Weg ( novo ) 7.5 CV 1740 rpm")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247615", "123")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247615", " Aprox. 680 kg –  TARUGOS Aço 4140 dimensões diâmetro 5 " x 16 " ( pesa 37 kg)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247613", "124")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247613", " Portico sem a talha braco aprox 4mts para 800kgs")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247617", "126")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247617", " Aprox. 350pçs. Pedras sextavadas de 30 cmts altura de 10 cmts")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247631", "127")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247631", " 19 pçs. Valvulas de aco inox marca SPX")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...52 lines deleted...]
-      <c r="E33" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247627", "128")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247627", " Braco articulado com pe direito de poste de 3 mts diametro 30cmts")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247624", "129")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247624", " 2 Portões largura 3 mts x altura 1.8 mts...armação em tubo quadrado e tela galvanizada")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247633", "131")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247633", " Carrinho para oxigênio ou afins")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247634", "132")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247634", " 12 unidades Corrimão de inox tubular comprimento aprox. 3 mts")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247625", "133")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247625", " 02 unidades Coifas em aco inox, Dimensoes quadrado de 2 mts com furo de saida com diâmetro 60 cmts . ( resistente)")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
-      <c r="F33" s="4" t="inlineStr">
+      <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...52 lines deleted...]
-      <c r="E35" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247616", "134")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247616", " Portao de ferro dimensao: comprimento 2.1x altura 2.1 mts com dois rodízios peso")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247636", "135")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247636", "02 unidades hidráulicas Reservatorio 40 x 35 x 50 cmts aproximado")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247639", "136")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247639", "BOMBA HIDRÁULICA - POWER TEAM MOD. PQ 120 SERIES  - ACOMPANHA 6 CILINDROS")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247640", "137")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247640", "INVERSOR DE FREQUENCIA WEG  CFW 700  22v")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247641", "138")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247641", "EMBUTIDORA METALOGRAFICA")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247642", "139")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247642", "EMGATE")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247643", "141")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247643", "02 UNI. MODULOS DE BATERIA")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247644", "142")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247644", "ESCADA DE FERRO DE ALUMÍNIO ALTURA 1,2 MTS X  ,070 LARGURA")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247645", "143")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247645", "02 CONTAINER PLASTICOS ( VERMELHO E AZUL)")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247646", "144")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/247646", "LIXADEIRA DE CINTA")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249276", "145")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249276", " AFIADORA MARCA SULAMERICA MODELO APFU 400 ANO 1985 ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249274", "146")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249274", " GUINCHO HIDRÁULICO")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249275", "147")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249275", " CARRINHO PORTA FERRAMENTAS COM RODIZIOS ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249278", "148")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249278", " 02 UN. MANCAIS")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249273", "149")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249273", " MESA EM AÇO CARBONO DIMENSÕES 1.7MTS X 0,70MTS COM GAVETA")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249279", "150")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249279", " 02 UN GRIFOS NUMERO 18 E 24 - GEDORE")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249272", "151")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249272", " 02 UN CAPACETES PARA TRABALHO DE AMBIENTE DE JATEMAENTO")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249277", "152")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249277", " Aprox. 680 kg – Aço 4140 dimensões diâmetro 5 " x 16 " ( pesa 37 kg)")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E38" s="5" t="inlineStr">
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249346", "153")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249346", "CARRINHO SUPORTE PARA COLETA DE LIXO")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249347", "154")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249347", "03 UN. CAIXAS METÁLICAS DIMENSÕES 1,0 MTS X 90 CMTS X 70 CMTS ALTURA  - COM TAMPA LATERAL")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F38" s="4" t="inlineStr">
+      <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-[...20 lines deleted...]
-      <c r="E39" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249348", "155")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249348", "05 UN. CAIXAS METALICAS DIMENSÕES 1,20 X 1,0 X 0,90 CMTS ALTURA  - ABERTURA EM UMA DAS FACES")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F39" s="4" t="inlineStr">
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249448", "156")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249448", "BARRAS DE ALIMINIO 7 CM X 50 CMTS - TOTAL 55KG - APROX.")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-[...2814 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249449", "157")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249449", "CONTAINER PLÁSTICO - Dimensões 1.7 mt  x comprimento x 1,0 mt de largura com.1.2 de profundidade ( ideal para acondicionar papelao e plastico) Reforcado com duas tampas")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>