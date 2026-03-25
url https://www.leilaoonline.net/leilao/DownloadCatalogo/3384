--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,2139 +269,1875 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248488", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248488", " Chiller Trane 2016 - com 05 compressores - sem tubulação de cobre - Mod. CGAD070JBA0N4NNANPNLNNNNNF00P000N - Série B0716C0010")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248491", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248491", " Chiller Trane 2016 - com 06 compressores - sem tubulação de cobre - Mod.: CGAD070JBA0N4NNANPNLNNNNNF00P000N - Série: B0726C0011")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248494", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248494", " Conjunto máquina Springer Carrier - Mod. 40BZA14386B Série: 4512B01091")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248489", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248489", " Evaporadora Springer Carrier - Mod. 40BZA14386B - Série.: 4512b01092")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248498", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248498", " Lote com: 42 unid. Conexão 3 polegadas Z05")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248490", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248490", " Lote com: 18 unid.Registro 2 polegadas")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248501", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248501", " Registro de 2.1/5")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248492", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248492", " Lote com: 05 unid. Redução 1.1/2 x 1.1/4")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248497", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248497", " Lote com: 2 unid. Redução 2x1.1/2")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248495", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248495", " Lote com: 02 unid. Redução 2x1")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248504", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248504", " Lote com: 04 unid. Redução 2.1/2x2")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248493", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248493", " Lote com: 04 unid. Redução 2.1/2x1.1/2")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248505", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248505", " Lote com: 02 unid. Redução 3x2.1/2")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248496", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248496", " Lote com:05 unid. Redução 3x2")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248500", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248500", " Lote com: 04 unid. Redução 4x2")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248499", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248499", " Lote com:06 unid. Redução 5x4")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248506", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248506", " Lote com: 06 unid. Redução 4x3")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248503", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248503", " Lote com: 06 unid. Redução 5x3")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248516", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248516", " Lote com: 22 unid. Curva")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248507", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248507", " Lote com: 03 unid. Cap. Modelo")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248520", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248520", " Lote com: 03 unid. De 1110")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248502", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248502", " Lote com: 02 unid. Curva 76.1")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248509", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248509", " Lote com: 04 unid.Curva 76.1")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248508", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248508", " Lote com: 02 unid. Curva 90°")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248512", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248512", " Lote com: 03 unid. Flow")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248524", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248524", " Lote com: 11 unid. Curva")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248510", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248510", " Lote com: 04 unid. TÊ 3 polegadas")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248518", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248518", " Lote com: 08 unid. TÊ 2 polegadas")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248528", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248528", " Lote com: 04 unid. TÊ 2.1/2x2")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248522", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248522", " Lote com: 03 unid. TÊ 3x2.1/2")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248530", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248530", " Lote com: 02 unid. TÊ 4 polegadas")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248521", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248521", " Lote com: 12 unid. TÊ 5 polegadas")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248517", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248517", " Lote com: 08 unid. Curva 5 polegadas")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248529", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248529", " Lote com: 14 unid. União 4 polegadas Z05")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248525", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248525", " Lote com: 90 unid. União 2 polegadas Z05")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248532", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248532", " Lote com: 02 unid. União 1.1/4 Z05")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248527", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248527", " Lote com: 04 unid. União 1.1/2 Z05")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248519", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248519", " Lote com: 44 unid. União Z05")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248523", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248523", " Lote com: 22 unid. União 2.1/2 Z05")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248514", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248514", " Lote com: 02 unid. Acoplamento de Redução 3x2.1/2")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248515", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248515", " Lote com: 08 unid. Acoplamento Flexível")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248534", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248534", " Lote com: 06 unid. Acoplamento de Redução")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248513", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248513", " Lote com: 02 unid. Acoplamento de Redução 4x3")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248537", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248537", " Lote com: 04 unid. Acoplamento de Redução 76.1x73")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248526", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248526", " M.22")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248536", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248536", " Lote com: 04 unid. TÊ Mecânico")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248511", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248511", " Lote com: 04 unid. Acoplamento para Tubulação Ranhurado")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248542", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248542", " Lote com: 09 unid. Cruzeta Mecânica Rosca x Ranhura")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248535", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248535", " Registro de 3 polegadas")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248531", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248531", " Registro de 2 polegadas")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248541", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248541", " Lote com: 13 unid. Registro de 2 polegadas")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248538", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248538", " Lote com: 06 unid. Filtro")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248540", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248540", " Lote com : 11 Peças")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248539", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248539", " Lote com: 40 Peças")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248543", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248543", " Lote com: 08 unid. Válvulas 3 polegadas")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248545", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248545", " Lote com: 03 unid. De Conexão")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248548", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248548", " Flanges diversas")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248544", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248544", " Peças")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248533", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248533", " Registro")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248546", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248546", " Peças")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248554", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248554", " Peças diversas")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248549", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248549", " Lote com: 02 unid. Turbina Caracol")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248555", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248555", "Caminhão  VW 14.220 1995, Truck , documento furgão , equipado com Betoneira, Motor com número obstruído, sem caixa de câmbio , diferencial desmontado.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248547", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248547", " Scania R112hs 4x2 ano 1988 , equipado com guincho lança pesado.")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248550", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248550", " Audi A3. 2.0 Turbo Ano 2007 Funcionando - ar condicionado não gela.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...2014 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248551", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248551", " [vídeo] Mb 1113 1973  , turbo ,hidráulico, freio a ar na tração e truck.Funcionando ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>