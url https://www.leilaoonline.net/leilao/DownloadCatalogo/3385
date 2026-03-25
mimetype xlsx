--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249447", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249447", "CHEVROLET/ONIX 1.0MT LT; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249444", "015")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249444", "veja o vídeo!! NISSAN/LIVINA 18S; 2010/2010; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249344", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249344", "KIA SORENTO EX 2.5 VGT; 2008/2009; COR PRATA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249343", "025")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249343", "CHEVROLET/MERIVA SS; 2005/2006; COR VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248594", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248594", "veja o vídeo!! I/CHEV TRACKER PREMIER; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249069", "035")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249069", "veja o vídeo!! I/M. BENZ A250TURBOSPORT; 2018/2019; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>155.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249066", "040")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249066", "veja o vídeo!! FIAT/STRADA ENDURANCE CS; 2021/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249068", "045")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249068", "veja o vídeo!! CHEV/ONIX 10MT LT2; 2023/2024; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249106", "050")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249106", "veja o vídeo!! HONDA/CITY DX FLEX; 2010/2011; PRATA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249070", "055")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249070", "veja o vídeo!! VW/FUSCA 1300 L; 1980/1980; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249108", "060")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249108", "veja o vídeo!! I/LR FREELANDER2 SD4 SE; 2011/2011; PRATA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249105", "065")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249105", "RENAULT/CLIO RT 1.0 16V; 2001/2001; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249072", "070")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249072", "HONDA/CIVIC LX; 2005/2005; DOURADA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249067", "075")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249067", "veja o vídeo!! FIAT/PALIO WK ADVEN FLEX; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249065", "085")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249065", "veja o vídeo!! AUDI/A3 1.8T; 2003/2004; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>