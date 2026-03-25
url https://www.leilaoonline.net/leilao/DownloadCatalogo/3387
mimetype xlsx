--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -269,2171 +269,1903 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249976", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249976", " DESTILARIA COMPLETA - 300M³/d ANIDRO E 370M³/d HIDRATADO - ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.000.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249019", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249019", "ESTRUTURA DE BARRACÃO (PÉ DIREITO COM 12 UNIDADES DE VIGA H 350 X 350 COM 16,9M ALTURA, TESOURA COM 6 UNIDADES DE VIGA U 6" COM 12,4M E TESOURA COM 6 UNIDADES DE VIGA U 6" COM 6,5M) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249043", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249043", "1 PONTE ROLANTE COM 13 METROS DE COMPRIMENTO E CAPACIDADE DE CARGA PARA 10 TONELADAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249044", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249044", "ELETROIMÃ ITALINDUSTRIA 94" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249048", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249048", " VÁLVULA 14" REFORMADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249046", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249046", " VÁLVULA 30" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249063", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249063", "GUINCHO HILO DE 12,8 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249062", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249062", "GUINCHO HILO DE 13,4 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO - VENDA NO ESTADO CONFORME LOTE EXPOSTO ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249012", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249012", " [ LANCE POR KG ] TUBO CALANDRADO SEM USO 20" PARADE 5MM - APROX. 1400 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249045", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249045", "[ LANCE POR KG ] TUBO CALANDRADO SEM USO 20" PARADE 3MM - APROX. 2190 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249060", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249060", " GARRA HIDRAULICA MOTOCANA 30CV - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249055", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249055", " GARRA HIDRAULICA MOTOCANA 30CV - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249059", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249059", " FILTRO PRENSA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249061", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249061", "GUINCHO HILO DE APROX. 12,40 METROS DE ALTURA COM UMA BASE DE 3,40 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249003", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249003", " [ LANCE POR KG ] PERFIL U OMEGA SEM USO 16" PAREDE 9,5MM - APROX. 960 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249024", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249024", "GUINCHO HILO PARA 35 TONELADAS DE 15,8 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO  - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249004", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249004", " PRÉ AQUECEDOR DE 150 - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249056", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249056", "ELETROIMÃ ITALINDUSTRIA 82" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249007", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249007", " PRÉ AQUECEDOR DE 150- VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249042", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249042", "1 DESFIBRADOR 100" COM 38 PLACAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249011", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249011", " [ LANCE POR KG ] TUBO 1/2"A 6"- APROX. 4000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249982", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249982", " ESTEIRA DE APROX. 21 METROS ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249967", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249967", " ESTEIRA DE APROX. 15 METROS ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249049", "032")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249049", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249051", "033")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249051", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249052", "034")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249052", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249050", "035")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249050", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249054", "036")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249054", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249057", "037")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249057", " 2 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249008", "038")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249008", " [ LANCE POR KG ] TUBOS CALANDRADOS DE 10" A 40" - APROX. 6000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249981", "039")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249981", " REDUTOR REFORMADO 1:54,44 HT-90 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249977", "040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249977", " REDUTOR ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249980", "041")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249980", " REDUTOR")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249984", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249984", " REDUTOR ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249983", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249983", " REDUTOR")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249978", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249978", " REDUTOR ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249017", "063")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249017", "ELETROIMÃ 58" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249009", "080")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249009", " VALVULA GAVETA 14" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...89 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249006", "081")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249006", " VALVULA GAVETA 14" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249005", "091")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249005", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249018", "092")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249018", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249015", "093")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249015", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249013", "094")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249013", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249014", "095")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249014", "20 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (200 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249010", "099")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249010", " 50 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (Aprox. 500 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249016", "109")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249016", "1 UNIDADE DE CAIXA COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (20 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249021", "126")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249021", " 8 VALVULAS DUPLAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249022", "127")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249022", " 15 ENGRENAGENS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...89 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249020", "129")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249020", "[ LANCE POR KG ] TARUGOS (EIXOS) DE 175MM Ø À 310MM Ø - APROX. 20.000 KG - DIFERENTES COMPRIMENTOS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...52 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249023", "132")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249023", " [ LANCE POR KG ] 22 TESOURAS COM 3,53 M COMPRIMENTO 1M DE LARGURA COM VIGA DE 8" - APROXIMADAMENTE 5852 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249033", "141")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249033", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249030", "142")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249030", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249028", "143")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249028", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249029", "144")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249029", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249027", "145")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249027", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249034", "146")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249034", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249025", "147")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249025", " 1 MOTOR MAUSA PARA CENTRIFUGA MODELO MV 108 PARA ATÉ 700KG")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...351 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249031", "148")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249031", " 1 PAINEL PARA CENTRIFUGA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249035", "149")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249035", " 1 PAINEL PARA CENTRIFUGA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249026", "150")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249026", " 1 PAINEL PARA CENTRIFUGA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...57 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249032", "154")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249032", " VALVULA GAVETA 12" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249039", "174")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249039", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.500MM; ESPESSURA: 5/8"; ALTURA INTERNA 975MM;")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249037", "175")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249037", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 893MM;")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...249 lines deleted...]
-      <c r="F42" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249036", "176")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249036", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 880MM")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-[...25 lines deleted...]
-      <c r="F43" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249038", "177")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249038", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 890MM")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-[...25 lines deleted...]
-      <c r="F44" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249040", "178")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249040", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 875MM")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-[...1022 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249041", "195")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249041", "1 DESFIBRADOR 78" COM 29 PLACAS COMPLETO (COM MANCAIS E FLANGES) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>