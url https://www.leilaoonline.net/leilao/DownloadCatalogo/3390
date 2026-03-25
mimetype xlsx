--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248567", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248567", "CAMINHÃO M. BENZ/L 708 E; 1988/1988; COR BRANCA; DIESEL; MEC. OPERACIONAL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248568", "008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248568", "CAMINHÃO FORD/F12000; 1993/1993; COR BRANCA; DIESEL; MOTOR MWM")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249783", "009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249783", "CAMINHÃO FORD CARGO 1519B; 2013/2013; COR BRANCA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248565", "010")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248565", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; C/ COMPACTADOR MARCA PLANALTO - FUNC. - IPVA 2024 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248562", "011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248562", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; C/ COMPACTADOR MARCA PLANALTO - FUNC. - IPVA 2024 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248564", "012")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248564", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; NO CHASSI - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248563", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248563", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; NO CHASSI - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248560", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248560", "CASE 2688; ANO 2013; C/ 2 PLATAFORMAS 30X20 PARA SOJA E MILHO - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248561", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248561", "TC 5090; ANO 2011; C/ PLATAFORMA DE SOJA 35 PÉS - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>152.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248566", "017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248566", "PÁ CARREGADEIRA W7 E; ANO 1980 (COM ORBITROL NA DIREÇÃO)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248558", "026")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248558", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>181.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248559", "030")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248559", "MICRO TRATOR AGRALE")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248569", "031")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248569", "TRATOR FORD; SEM IDENT. DE ANO; À GASOLINA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248581", "032")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248581", "TRATOR 8 BR; SEM PLAQUETA DE IDENT.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248572", "035")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248572", "EMPILHADEIRA CLARK; MODELO C300HY; CAPACIDADE 2.5 TONELADAS; APROX. 17.200HRS - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248570", "036")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248570", "EMPILHADEIRA CLARK C/ CAPACIDADE DE APROX. 7 TON; MOTOR CHEVROLET 6 CILINDROS - FUNC. (NÃO ACOMPANHA CILINDRO DE GÁS)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248571", "037")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248571", "veja o vídeo!! EMPILHADEIRA CLARK; 7 TONELADAS; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248579", "038")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248579", "EMPILHADEIRA CLARK; CAP. APROX. 7 TON; À DIESEL; AUTOMÁTICA; MOTOR PERKINS 4CC; SEM IDENT. DE ANO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248573", "040")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248573", "GRANECAR; DIESEL; CAPACIDADE 9 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248578", "043")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248578", "BAÚ PARA CAMINHÃO VOLKSWAGEN; MEDIDAS: 7,80M X 2,20M DE ALTURA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248574", "045")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248574", "CARRETA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248577", "047")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248577", "GAIOLA PARA TRANSPORTE DE ANIMAIS (CAVALO); MEDIDAS: 2,20M X 4,20M DE COMPRIMENTO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248575", "050")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248575", "MOTOR MWM; KD12 (COM REDUTOR)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...47 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248576", "053")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248576", "BOMBA D'ÁGUA (MOTOR TRIFÁSICO DE 15CV)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...260 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...382 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248580", "055")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/248580", "TANQUE DE FIBRA DE 30.000 LITROS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>