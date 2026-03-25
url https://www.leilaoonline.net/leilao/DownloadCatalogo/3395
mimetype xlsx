--- v0 (2025-11-13)
+++ v1 (2026-03-25)
@@ -269,1819 +269,1595 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249124", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249124", "[ VÍDEOS ] TRATOR ESTEIRA CATERPILLAR MOD.D4E PS  ANO 1988 - TORK - BOMBA BOSCH - RODANTE BOM ESTADO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249120", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249120", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 75III ANO 1979")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249965", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249965", "[ VÍDEOS ] PÁ CARREGADEIRA  CATERPILLAR 934G ANO 2005 - CABINADA ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249122", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249122", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900 ANO APROX. 1978 - TRANSMISSÃO 28000 - MOTOR M/BENZ - TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249116", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249116", "[ VÍDEO ] ROLO COMPACTADOR BOMAG MOD. BW211D-40 ANO 2014 - KIT PATA ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249114", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249114", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD.966C SERIE 18B ANO 1985")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249136", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249136", "ROLO COMPACTADOR YTO  ANO 2009 - DUPLA VERSÃO ( LISO / PATA DE CARNEIRO) - MOTOR CUMMINS  TURBINADO - 4 X 4  - PD (TRAÇÃO NO TAMBOR)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249150", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249150", "{ VÍDEO ] YAMAHA / RD135 ANO 1989/1989  - COR BRANCA - GASOLINA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249145", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249145", "PLANTADEIRA TATU MOD. PST PLUS 8 RUAS - OPERACIANAL")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249121", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249121", " CARREGADEIRA MASSEY FERGUSON MOD. 65R ( PULA PULA) ANO APROX. 1975 - TORQUE - FUNCIONANDO ( MOTOR NOVO)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249125", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249125", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 938H ANO 2008")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249126", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249126", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W170B ANO 2013")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249127", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249127", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W170B ANO 2013")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249110", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249110", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 2002")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249143", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249143", "[ VÍDEOS ] ESCAVADEIRA KOMATSU MOD. PC200 SÉRIE 8 ANO 2011 - Aprox. 16.000 HORAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249666", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249666", "[ VÍDEO ] Motoniveladora Caterpillar mod.120H. Cabinada. Ano 1998")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>235.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249128", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249128", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900B ANO APROX. 1982 - MOTOR MB / TRANSMISSÃO CLARK 28000")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249151", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249151", "Carreta Bin para transporte de laranja ano 2008")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249133", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249133", "[ VÍDEO ] ESCAVADEIRA VOLVO MOD. EC210B ANO 2013")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249129", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249129", "PÁ CARREGADEIRA  CATERPILLAR MOD. 930 SÉRIE 71H ANO 1984  - TRANSMISSÃO CAT ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249117", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249117", "[ VÍDEO ] ESCAVADEIRA KOMATSU MOD. PC200 ANO 2005")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249134", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249134", "[ VÍDEO ] ESCAVADEIRA VOLVO MOD. EC210B ANO 2012")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249135", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249135", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249109", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249109", "CONCHA CATERPILLAR 924G")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250455", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250455", "TRATOR ESTEIRA  NEW HOLLAND MOD. 7D ANO 2015  - OPERACIONAL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250456", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250456", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU MOD. WA200 ANO 2012")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249123", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249123", "ROLO DE ARRASTO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249148", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249148", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR MOD.302.7D ANO 2014")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249137", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249137", "[ VÍDEOS ] RETROESCAVADEIRA JCB MOD. 3C 4X4 ANO 2010")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249131", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249131", "[ VÍDEO ] GAIOLA ANO 2023 - MOTOR AP FLUXO CRUZADO / GASOLINA / CÂMBIO DE KOMBI DIESEL / TANQUE INOX / INJEÇÃO FT 350 / CHASSI INTEIRO TUBULAR")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249152", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249152", "[ VÍDEO ] PÁ CARREGADEIRA  MICHIGAN MOD. 55A - ANO APROX. 1982 -MOTOR MB366 TURBO ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249139", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249139", "MAQUINA DE FAZER BLOCOS DE CIMENTO ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249132", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249132", "[ VÍDEO ] EMPILHADEIRA YALE CAPAC. 2,5 TON - GLP - MOTOR 4CC")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249140", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249140", "[ VÍDEO ] MOTONIVELADORA FIATALLIS MOD. FG140 ANO 2002  ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249111", "038")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249111", "ROLO COMPACTADOR VIBRATÓRIO  DE ARRASTO - MOTOR DEUTZ  6 CC - OPERACIONAL")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249146", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249146", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900B ANO 1982 - MOTOR MB - TRANSMISSÃO CLARK 28.000 ( 4 MARCHAS)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249141", "041")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249141", "[ VÍDEO ] RETROESCAVADEIRA NEW HOLLAND MOD. LB90 - ANO 2010 - TRAÇADA - 4X4")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249142", "042")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249142", "MOTONIVELADORA FIATALLIS MOD. FG85 ANO 1990")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249147", "043")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249147", "[ VÍDEO ] MINIESCAVADEIRA KUBOTA MOD.U30 ANO 2012 ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249112", "045")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249112", "[ VÍDEO ] GUINDASTE MARCA MUNCK CAPAC. 08 TON. 02 LANÇAS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249113", "046")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249113", " EQUIPAMENTO LIMPEZA DE BOCA DE LOBO - ASPIRA E EMPURRA - NO ESTADO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249138", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249138", "TRATOR VALTRA 78 ANO 1996")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249115", "054")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249115", " PÁ CARREGADEIRA CASE MOD. W20E ANO 1997 - TORQUE 28.000")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249118", "059")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249118", " MOINHO DE BOLAS  CAPAC. 3 A 4 MIL LTS REVESVIDO DE ALTA LUMINA ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249119", "061")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249119", "CALCAREADEIRA SPANDER ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249144", "062")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249144", "ESCAVADEIRA KOMATSU MOD. PC200 ANO 2000 ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>700.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249149", "063")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249149", "LANCHA FOCKER 222 ANO 2006 - MOTOR SUZUKI 140CV 4 TEMPOS ANO 2017 COM CARRETA REBOQUE ANO 2004")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250230", "064")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250230", " SEMI REBOQUE/LIBRELATO SRBA 3 EIXOS ANO 2012/2013")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...57 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250231", "065")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250231", " M.BENZ/LK 1513 ROLLON ANO 1987/1987 - DIESEL - COR BRANCA")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250228", "066")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250228", " SEMI REBOQUE/LIBRELATO CACAENCR 3 EIXOS ANO 2014/2014 ( GRANELEIRO COMPLETO)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250233", "067")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250233", " HYUNDAI /HR AHD ANO 2008/2009 - DIESEL - COR BRANCA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250232", "068")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250232", " TRATOR VALMET MOD. 65ID - ANO APROX. 1978 ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250229", "069")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250229", " TRATOR FORD GASOLINA/GÁS ANO APROX. 1953")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250234", "070")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250234", "SEMI REBOQUE/RANDON SR CA  ANO 2002/2003 - 3 EIXOS ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250235", "071")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250235", "SEMI REBOQUE/ SÃO JOÃO SRCG ANO 2012/20125 - PRANCHA -3 EIXOS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...1662 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250716", "072")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250716", "TRATOR FORD MOD. 6 610 ANO 1995 - COMANDO DUPLO / PNEU 34 DH DIANT. E TRAS. COM CARRETA AGRICOLA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>