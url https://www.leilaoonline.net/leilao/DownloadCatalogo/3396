--- v0 (2025-11-13)
+++ v1 (2026-03-25)
@@ -269,4155 +269,3639 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249878", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249878", "[ VÍDEO ] TRATOR DE ESTEIRA CAT D9H. FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249877", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249877", " MOTOR CAT 3408 STANDER")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249911", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249911", " [ VÍDEOS ] ESCAVADEIRA KOMATSU PC-150 3D SERIE-8 ANO 2.000. FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249908", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249908", " [ VÍDEO ] PÁ CARREGADEIRA CAT 966H ANO 2012 FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>141.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249910", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249910", "[ VÍDEO ] PÁ CARREGADEIRA CAT 950H ANO 2012 FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249882", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249882", " CONCHA ESCAVADEIRA CAT 345C")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249883", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249883", " 1 RODA PA CARREGADEIRA 966C")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249880", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249880", "MASCARA E PISTÕES DA LAMINA D6T")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249884", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249884", " H COMPLETO DA PA CARREGADEIRA HYUNDAI 757")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249881", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249881", "LAMINA TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249879", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249879", "U DA LAMINA TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249885", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249885", "TRUQUE LADO ESQUERDO TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249886", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249886", "TRUQUE LADO DIREITO TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249887", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249887", " H COMPLETO DA PA CARREGADEIRA 924G")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249889", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249889", " LANÇA TRASEIRA DA RETRO ESCAVADEIRA JCB 3C")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249891", "023")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249891", " VOLANTE COLUNA E COMANDOS PATROL FIATALLIS FG85")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249888", "024")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249888", "LAMINA PATROL CAT 120B")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249890", "026")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249890", " 5 PNEUS 17.5\25")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249892", "028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249892", " 9 PNEUS 10.00\20")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249893", "030")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249893", " RODA GUIA COM MOLA ESCAVADEIRA CAT 330CL")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249894", "032")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249894", " POLIAS AVULSAS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249896", "035")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249896", " CABINE VAZIA CASE 721C")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249895", "036")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249895", " CABINE VAZIA RETRO ESCAVADEIRA JCB 3C")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249897", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249897", " CABINE VAZIA PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249898", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249898", " CABINE VAZIA CAT PATROL 120B")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249864", "042")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249864", " H E LINK PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249869", "046")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249869", " PISTÃO DO STICK ESCAVADEIRA FIATALIIS FX215")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249871", "047")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249871", " PISTÃO DO STICK ESCAVADEIRA CAT 345C")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249870", "048")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249870", " PISTÃO GEMEOS ESCAVADEIRA CAT 330")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249867", "049")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249867", " PISTÃO DA LAMINA TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249865", "054")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249865", " EIXO TRASEIRO COMPLETO PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249868", "058")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249868", " EIXO DIANTEIRO COMPLETO PATROL VOLVO G940")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249866", "059")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249866", " EIXO PARCIAL PA CARREGADEIRA CAT 966C")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249872", "061")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249872", " EIXO COMPLETO PRA ROLO COMPACTADOR")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249873", "067")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249873", " RADIADOR DE AGUA, OLEO E WHATER COOLER ESCAVADEIRA CAT 312D")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249875", "068")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249875", " COMANDO FINAL COMPLETO TRATOR DE ESTEIRA CAT D8K")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249874", "071")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249874", " MOTOR VOLVO DE CAMINHÃO PARCIAL")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249876", "073")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249876", " REDUTOR DE GIRO ESCAVADEIRA KOMATSU PC-150 SERIE 3")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249839", "078")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249839", " MOTOR DE GIRO ESCAVADEIRA CAT 320B")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249837", "079")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249837", " BOMBA HIDRAULICA ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249840", "080")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249840", " TRANSMISSÃO PARA ROLO MARCA OKAMURA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249838", "081")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249838", " TRANSMISSÃO TRATOR DE ESTEIRA CAT D4E")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249844", "083")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249844", " TRANSMISSÃO TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249841", "085")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249841", " CABEÇOTE CAT MOTOR 3306")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249842", "087")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249842", " BLOCO CAT MOTOR C6.6")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249843", "088")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249843", " CABEÇOTE MOTOR PERKINS CAT 416 NO ESTADO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249845", "092")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249845", " COMANDO HIDRAULICO PA CARREGADEIRA CASE W7")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249847", "096")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249847", " COMANDO DE GRUPO DE VALVULA PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249846", "097")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249846", " CONVERSOR DE TORQUE TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249850", "099")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249850", " MOTOR DE GIRO ESCAVADEIRA CAT 345C")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249849", "100")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249849", " REDUTOR DE TRAÇÃO ESCAVADEIRA CAT 330")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249848", "102")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249848", " COMANDO FINAL ESCAVDEIRA CAT 345C")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249856", "103")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249856", " COMANDO HIDRAULICO ESCAVADEIRA CAT 345C")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249855", "104")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249855", " COMANDO HIDRAULICO PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249854", "105")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249854", " BOMBA HIDRAULICA TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249851", "106")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249851", " BOMBA DIRECIONAL TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249853", "107")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249853", " COMANDO HIDRAULICO TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249852", "109")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249852", " HELICE, MOTOR DE HELICE E DEFLETOR PA CARREGADEIRA HYUNDAI 757")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249857", "110")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249857", " BOMBA DE TRANSMISSÃO TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249861", "111")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249861", " MOTOR DE HÉLICE ESCAVDEIRA CAT 330")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249860", "112")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249860", " BOMBA DE FREIO E DIRECIONAL PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249862", "113")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249862", " BOMBA DE FREIO TRATOR DE ESTEIRA KOMATSU D61")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249858", "114")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249858", " MOTOR DE GIRO TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249859", "115")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249859", " BOMBA HIDRAULICA TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249863", "116")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249863", " BOMBA DIRECIONAL TRATOR DE ESTEIRA CAT D8N")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250296", "121")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250296", " PAR DE COMANDO FINAL PERFURATRIZ ROCK DRILL")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249899", "122")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249899", " PAR DE PISTÃO APROX. 65 CM")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250295", "124")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250295", " LOTE COM COMANDOS E PARTE HIDRÁULICA PERFURATRIZ ROCK DRILL")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249901", "125")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249901", " BOMBA LUVA DOSADORA MOTOR 3306")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249902", "127")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249902", " BOMBA DE ALTA MOTOR 3116")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249903", "128")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249903", " BOMBA PT DO MOTOR CUMMINS BIG CAN")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249900", "129")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249900", " BOMBA DE ALTA MOTOR 3116")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249904", "130")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249904", " RADIADOR COMPLETO PATROL FIATIALLIS FG85")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249905", "131")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249905", " RADIADOR DE AGUA E MASCARA PÁ CARREGADEIRA CAT 930")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249907", "132")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249907", " RADIADOR DE AGUA E MASCARA CAT PATROL 120B")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250297", "133")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250297", " 2 RODA GUIA E REDUTOR COM CORRENTE PERFURATRIZ ROCK DRILL")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249906", "134")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249906", " PAR DE PISTÃO DE APROX. 70CM")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249909", "140")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249909", " MOTO BOMBA A DIESEL MARCA BRANCO 13CV NOVA E SEM USO, ENTRADA E SAIDA DE 3 1\2 POLEGADAS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249913", "144")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249913", " PTO VOLVO G940")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249912", "146")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249912", " CONCHA APLICAÇÃO PÁ CARREGADEIRA 966C E 966R")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249918", "147")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249918", " CHICOTE PARCIAL PÁ CARREGADEIRA CAT 950H")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249922", "148")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249922", " CAIXA DE AR ESCAVADEIRA CASE CX220")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249917", "149")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249917", " CAIXA DE AR ESCAVADEIRA CAT 312DL")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249920", "150")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249920", " CAIXA DE AR ESCAVADEIRA CAT 312DL")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249915", "151")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249915", " CAIXA DE AR ESCAVADEIRA CAT 320 B")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249921", "152")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249921", " 2 CAIXA DE AR ESCAVADEIRA HYUNDAI 320 E 210")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249916", "154")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249916", " MODULO: 417-6011")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249914", "155")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249914", " LOTE DE MÓDULOS: 228-0382, 279-7655X , KOMATSU 14690, 366-8821")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249919", "156")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249919", " MÓDULO: 10R-4092")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249923", "157")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249923", "PÁ CARREGADEIRA FIATALLIS FR12 HD. FALTA MOTOR, TRANSMISSÃO, BATERIA E 3 RODAS COM PNEU, MÁQUINA EM ÓTIMO ESTADO ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249928", "158")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249928", " CABEÇOTE 3304 NO ESTADO")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249932", "159")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249932", " CONVERSOR DE TORQUE JCB 3C")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249937", "160")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249937", " CONVERSOR DE TORQUE CAT 420\416")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249940", "162")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249940", " CHICOTE DA TRANSMISSÃO PA CARREGADEIRA CAT 950G")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249926", "163")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249926", " CHICOTE DO MOTOR C7")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249931", "164")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249931", " CHICOTE DO PAINEL E CABINE TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249924", "165")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249924", " CHICOTE DA CABINE PA CARREGADEIRA CASE 721")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249941", "166")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249941", " CAIXA DE AR RETRO ESCAVADEIRA JCB 3C")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249925", "167")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249925", " CHICOTE CABINE PA CARREGADEIRA 950G")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249929", "168")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249929", " BOMBA HIDRAULICA PATROL FG85")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249927", "169")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249927", " CABEÇOTE DO MOTOR PERKINS 416")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249930", "170")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249930", " PAR DE BOMBA HIDRAULICA DA ACABADORA DE ASFALTO VOGELE")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249939", "171")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249939", " LOTE COM 4 CORRENTES FG85")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249961", "172")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249961", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC LR-100")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249938", "173")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249938", "[ VÍDEO ] ROLO COMPACTADOR DE PNEU CP-30")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249934", "174")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249934", " MODULOS CÓD:262-2879, 374-2640, MÓDULO DO PAINEL XCMG, UT0028-104")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249935", "175")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249935", " MODULOS CÓD: MODULO VOLVO 21N6-42101, 239-8320, VOLVO 11986, VOLVO 1145086420DE")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249936", "176")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249936", " MODULO: VOLVO G940")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249933", "177")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249933", " MODULOS CÓD: 221-8874, KOMATSU 7835-31-3017, HYUNDAI, 582-6898")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249945", "178")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249945", " BLOCO 3304 NO ESTADO")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249944", "179")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249944", "MOTOR ANTIGO TRATOR DE ESTEIRA D4C NO ESTADO")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249943", "180")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249943", " CONCHA APLICAÇÃO ESCAVADEIRA JCB JS200")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249946", "181")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249946", " CABINE ESCAVADEIRA JCB JS200")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249942", "182")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249942", " BOMBA HIDRAULICA ESCAVADEIRA CAT 336D")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249947", "183")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249947", "LOTE COM 8 ROLETES TRATOR DE ESTEIRA CAT D6T")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249948", "184")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249948", "RADIADOR ESCAVADEIRA CAT 336D")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249949", "185")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249949", "CABEÇOTE 3066 NO ESTADO")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249950", "186")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249950", "[ VÍDEOS ] ROLO CA15 VA ANO 98")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250240", "187")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250240", " TRATOR MASSEY FERGUSON 290 ANO 86")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249951", "188")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249951", " ESCAVADEIRA POCLAIN LC80 ANO 82")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...1945 lines deleted...]
-      <c r="F76" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249952", "189")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249952", " ESCAVADEIRA ZOOMLION DE 6 TON ANO 2011")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249953", "190")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249953", " EMPILHADEIRA KOMATSU 25 TON MOTOR CUMMINS ANO 82")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250238", "191")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250238", " RETRO ESCAVADEIRA CAT 416E ANO 2016")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249954", "192")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249954", "[ VÍDEO ]  PÁ CARREGADEIRA 941A")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250239", "193")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250239", "ESCAVADEIRA CAT 320C ANO 2003")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249955", "194")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249955", "ROLO CA 15P ANO 92")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249956", "195")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249956", "ROLO CA 15 LISO ANO 92")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249957", "196")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249957", "VASSOURA CAT ANO 2011")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-[...1982 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249958", "197")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249958", "COROA E PINHÃO DO REDUTOR D8K")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>