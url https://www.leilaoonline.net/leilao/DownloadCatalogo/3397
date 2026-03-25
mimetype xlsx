--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249304", "33647")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249304", "TRANSBORDO SANTAL 13T; ANO 2008")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249305", "33648")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249305", "VW/GOL 1.0L MC4; 2021/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249331", "33649")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249331", "CAMINHÃO VOLVO/FM 440 6X4T; 2010/2010; BRANCA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249337", "33650")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249337", "VW/GOL SPECIAL; 2003/2003; PRATA; ALCOOL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249338", "33651")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249338", "PULVERIZADOR UNIPORTE 3000PLUS; ANO 2016")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249339", "33654")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249339", "CAMINHÃO M. BENZ/L 1214; 1991/1991; BRANCA; DIESEL; CARROC. BAÚ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249340", "33655")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249340", "PLANTADEIRA ADUBADEIRA GRÃOS TATU ULTRA FLEX 17/17; ANO 2010/2010")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249341", "33656")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249341", "QUADRICICLO VM 4 TEMP 420.2CC SVELOC 4X4")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249342", "33657")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249342", "FIAT/STRADA ENDURANCE CS; 2021/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>43.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249445", "33658")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249445", "VW/KOMBI; 2008/2008; BRANCA; ALCO./GASOL. - IPVA 2024 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249446", "33659")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249446", "LOTE COM 2 DISCOS CORTE DE BASE DA COLHEDORA DE CANA JOHN DEERE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>