--- v0 (2025-11-13)
+++ v1 (2026-03-25)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249291", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249291", " Aproximadamente 10 toneladas de chapa de aço - Lance por Kg")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1,40</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249288", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249288", " Aproximadamente 11 toneladas de chapa de aço - Lance por Kg")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1,40</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249292", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249292", " Aproximadamente 9 toneladas de chapa de aço - Lance por Kg")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1,40</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249293", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249293", " Lote com: 02 reservatórios de fibra, 01 de Inox")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249299", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249299", "Picotador de cobre ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249294", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249294", " Lote com: 02 moinhos de plástico")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249289", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249289", " Codorneira")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249300", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249300", "Picotador de alumínio ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249290", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249290", " Prensa enfardadeira de papelão")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249295", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249295", "Balança rodoviária - 40 ton. Cada pedra: 3m Largura x 2m Comp. X 0.12 espessura")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249296", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249296", "Tanque para diesel - 5.000 Litros")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249297", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249297", "Porta balcão - 3,60 X 2,50")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249298", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249298", "Lote com: 9 Vigas I Aproximadamente 2.5 Ton.  - Preço por kg")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2,30</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249301", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249301", "Guincho Hidráulico ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249302", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249302", "Guincho Hidráulico ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249450", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249450", "Prensa enfardadeira com esteira de 9 metros - Produção 2ton/hora")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...185 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251071", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251071", "Material Diverso ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251072", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251072", "Varredeira Tennant - Diesel")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251073", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251073", "Varredeira Tennant 6400 - Glp")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251074", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251074", "Empilhadeira Jungheinrich - com garfo e bateria ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251075", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251075", "Empilhadeira elétrica Still 2002 - com bateria e garfo ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251076", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251076", "Empilhadeira elétrica Still - 2003 - com bateria e garfo ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251077", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251077", "Lote com: 04 baterias de empilhadeira elétrica - Peso aprox 5 ton.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251078", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251078", "Lote com: 02 carregadores para bateria de empilhadeira elétrica")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251079", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251079", "Lote com: 02 pares de garfo")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>