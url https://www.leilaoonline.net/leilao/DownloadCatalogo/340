--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15286", "205")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15286", "GMC; 6100; 1999/2000; VERMELHA; DIESEL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15220", "208")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15220", "FIAT; PALIO WK TREKK 1.6; 2012/2013; ALCO./GASOL. BRANCA; ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15216", "210")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15216", "MMC; L200 SPORT 4X4 HPE; 2005/2005; PRETA; DIESEL - AUTOMATICO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15292", "212")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15292", "VW; UP TAKE MA; 2016/2016; VERMELHA; ALCO./GASOL.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15222", "220")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15222", "PEUGEOT; 2008 ALURE AT; 2016/2017; PRETA; ALCO/GASOL.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>37.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15283", "221")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15283", "I, LR FREELANDER 2 SD4 SE; 2012/2012, VERDE, DIESEL, ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>55.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15285", "222")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15285", "HONDA CIVIC LXR 2.0; 2013/2014; CINZA; ALCO./GASOL.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15296", "224")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15296", "I/ MMC LANCER 2.0 "GT"; 2012/2012; PRETA; GASOLINA; "COMPLETO COM TETO E CAMBIO BORBOLETA"")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15295", "235")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15295", "FIAT SIENA FIRE FLEX; 2007/2008; CINZA; ALCO./GASOL")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>9.350,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15298", "236")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15298", "FIAT DOBLO ADVENTURE, 2003/2004, GASOLINA/GNV, VERDE")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>16.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15190", "238")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15190", "I/ VW PASSAT VAR 2.0T; 2006/2007; GASOLINA; BLINDADO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15294", "240")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15294", "FIAT/SIENA FIRE 16V, ANO 2003, ALCO/GASOL., PRETA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15204", "241")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15204", "VW; SANTANA; 2000/2001; AZUL; GASOLINA; - RODA, PNEU E SUSPENSÃO LEGALIZADOS - ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.850,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15201", "245")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15201", "HONDA; CITY DX CVT; 2016/2016; PRATA; ALCO./GASOL. - APROX. 5.200KM -")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15205", "247")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15205", "I/ MMC LANCER 2.0 "CVT"; 2012/2013; PRATA; GASOLINA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>26.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15198", "265")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15198", "HONDA CITY 1.5 LX  16V AUTOMÁTICO, FLEX 4P,  ANO/MOD. 2009 / 2010, COR VERDE ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15197", "266")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15197", "GM/ CORSA HATCH PREMIUM 1.4, ANO/MOD 2008/2009, COR PRATA, FLEX")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>11.150,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15202", "267")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15202", "HONDA, FIT EX, 2013/2014, CINZA; ALCO./GASOL. - APROX. 25.000 KM -")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>30.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15284", "268")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15284", "I, LR FREELANDER 2 SE; 2007/2007, PRETA, GASOLINA, ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15203", "270")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15203", "PEUGEOT; 208 GRIFFE A; 2013/2014; BRANCA; ALCO/GASOL. - IPVA, DPVAT 2018 PAGO - ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>30.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15189", "271")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15189", "FIAT/STILO SPORTING FLEX, 2008/2009, ALCO./GASOL")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>16.300,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15297", "272")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15297", "I/FORD; TRST MODIFICAR TP; 2010/2011; BRANCA; DIESEL")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15199", "273")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15199", "I; CHEVROLET TRACKER LTZ AT; 2014/2015; BRANCA; ALCO./GASOL.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>43.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15215", "274")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15215", "CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER 2P, ANO/MOD2011/2012, COR PRATA, FLEX. PL. EUY-4487")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15194", "275")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15194", "VW/GOL 1.0 GIV, ANO/MOD 2013/14, BRANCA, FLEX")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>10.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15443", "276")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15443", "I/ MMC LANCER 2.0 GT; 2011/2012; PRETA; GASOLINA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15196", "293")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15196", "VW/GOL 1.0 GIV, ANO/MOD 2013/14, BRANCA, FLEX")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15192", "294")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15192", "VW/GOL 1.0 GIV, ANO/MOD 2013/14, BRANCA, FLEX")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>9.450,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15293", "300")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15293", "I/FORD; TRST MODIFICAR TP; 2010/2011; BRANCA; DIESEL")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>18.600,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15191", "305")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15191", "VW/GOL 1.0, ANO/MOD 2013/14, BRANCA, FLEX")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>9.900,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15195", "306")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15195", "VW/GOL 1.0 GIV, ANO/MOD 2013/14, BRANCA, FLEX")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15185", "309")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15185", "FORD/750, ANO/MOD 1976/1977 GUINCHO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>18.800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15186", "310")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15186", "ROLO COMPACTADOR DYNAPAC MOD CG11; MOTOR AGRALE DIESEL")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15193", "312")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15193", "VW/GOL 1.0 GIV, ANO/MOD 2013/14, BRANCA, FLEX")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>7.050,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15444", "313")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15444", "VW KOMI FURGÃO; 2006/2007; GASOLINA; BRANCA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>