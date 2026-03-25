--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,1787 +269,1567 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249986", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249986", " Aproximadamente 930 peças de rolamentos ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250000", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250000", " Aproximadamente 400 peças de extensão rígida para pneu sem cãmara em latão ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250004", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250004", " Lote de transformador diversos ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249988", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249988", " Lote de válvulas diversos modelos ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249999", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249999", " Lote de posicionador Imã e válvulas ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249992", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249992", " Aproximadamente 65 Kg de eletrodo de inox ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249998", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249998", " Aproximadamente 540 peças de rosetas ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250001", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250001", " Aproximadamente 40 peças de válvula rele refencia 2019006")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249987", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249987", " Aproximadamente 36 Kg de tela de inox")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249985", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249985", " Aproximadamente 70 Kgs  de resistênica cartucho várias amperagens ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249995", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249995", " Lote com: 02 peças de caixa de rolamento fcm sbma5201 caixa de rolamento hinfel 34")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249996", "019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249996", " Lote com: 08 peças de esticador de cabo de aço de 1 polegada marca Crosby08 grampo para cabo de aço 7/8")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249997", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249997", " Lote de rolamentos ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249994", "021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249994", " Lote de filtros chicotes e juntas ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250003", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250003", " Aproximadamente 30 Kg de arame continuo com alma de níquel puro e revestimento de carboneto de tungstênio bitola de 5 mm")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249990", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249990", " 02 peças de correia wesfalia numero 293045")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249991", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249991", " Aproximadamente 23 peças de transformadores, trafos e reatores")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250006", "028")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250006", " Lote de conexões giratória ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250005", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250005", " 05 peças de fonte quint-ups / 24dc/24dc/5/1.3ah número 2320254")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249993", "031")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/249993", " Lote com: 20 peças de rosca sem fim 2 com suporte de bronze 17 peças de parafuso inox rosca 28 peças eixo motorredutor wf ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250007", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250007", "Aproximadamente 1200 peças de parafuso ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250008", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250008", "Motor weg 75cv")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250009", "038")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250009", "07 peças de atuador regulador de turbina a vapor Equipamento robusto possui  volante para acionamento manual ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250010", "039")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250010", "Rolo de fita refletiva com 123 cm de largura ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250011", "043")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250011", "Lote de conexões")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250012", "044")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250012", "Lote de parafusos Caterpillar - Plasser")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250014", "046")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250014", "25 peças de grampo de aterramento duplo 3/8")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250078", "049")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250078", " Lote com: 15 peças filtro secador de ar marca stauff Modelo BPS-1 A30 HB00")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250085", "050")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250085", " Ventoinha industrial com motor weg ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250089", "051")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250089", " Lote de automação")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250091", "052")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250091", " Posicionador união brasil modelo YT - 1200RD Inupt si 3-15 psi ( 0.2-1.0kf/cm2) Sup pressure 20- 100 psig (1.4 - 7 .0 Kgf / cm )")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250075", "053")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250075", " Lote com:  Aproximadamente 36 peças de expandidor de tubos hanna ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250074", "054")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250074", " Lote de Material de DLG ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250079", "055")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250079", " Lote com: 08 peças de contator abb va 6308 peças de capacitador trifásico para correção de fator de potencia 25kvar ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250077", "056")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250077", " Lote de material elétrico contadores, dsjuntores etc ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250082", "057")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250082", " Lote de material abb ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250073", "058")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250073", " Lote com: aproximadamente 750 peças de bornes diversos modelos ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250084", "059")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250084", " Lote com: 03 peças de painéis elétricos completos ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250076", "060")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250076", " Lote de material eletrico ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...149 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250081", "061")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250081", " Lote com: Máquina de solda ,gerador ,unidade hidráulica ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250086", "062")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250086", " Lote de material elétrico")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...75 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250090", "063")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250090", " Lote de material diversos ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250088", "064")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250088", " Lote consumíveis de solda ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250087", "065")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250087", " Lote material eletrônico ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250083", "066")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250083", " Lote de material diversos : Reles Fontes Sensores Botões Válvulas pneumáticas Módulos Filtros Material elétrico")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250080", "067")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250080", " Lote de material diverso: Festo Parker Asco Siemens Cannon Rexroth")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251147", "068")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251147", " Aproximadamente 115 pecas de válvulas solenóide")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251146", "069")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251146", "Lote com: aprox. 110 roda lixa 150x50 - vários grãos ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251148", "070")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251148", "Lote de material diversos automação ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251149", "071")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251149", "Lote com: 03 peças de acoplamento e 01 peça de tampa acoplamento falk 1130 T 10")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251612", "072")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251612", "Lote com: 04 unid. Troler coletor DKK SE/6 Demag")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251660", "073")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251660", "Lote com: 03 caixas contendo chaves comutadoras de diversas amperagens marcas e modelos - Usadas e sem uso")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251842", "074")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251842", "Lote de válvulas industriais ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C22" s="4" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251974", "075")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251974", " Lote com: 08 peças de contator abb va 6308 peças de capacitador trifásico para correção de fator de potencia 25kvar ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D22" s="4" t="inlineStr">
-[...575 lines deleted...]
-      <c r="D40" s="4" t="inlineStr">
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E40" s="5" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F40" s="4" t="inlineStr">
-[...766 lines deleted...]
-      </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252018", "076")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252018", "Lote com: 02 peças de disco de dedo colhedora de batatas - num. 006.006.30 - Grimme ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>