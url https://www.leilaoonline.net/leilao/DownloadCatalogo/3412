--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -269,2523 +269,2211 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250318", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250318", " (SUCATA) - 3 UN.  EVAPORADORAS PISO TETO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250320", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250320", " CONDENSADOR MIDEA VRF 42.000 BTU´S (SEM USO)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250321", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250321", " CONDENSADOR MIDEA (SEM USO)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250303", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250303", " Lava e seca smart Midea ( sucata)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250304", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250304", " Lava e seca smart Midea ( sucata)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250457", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250457", "APROX. 24 ITENS DE ELETRO SEM GARANTIA ( PODENDO SER SUCATA/FALTANDO PEÇAS)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250302", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250302", " Gerador 15 KVA diesel marca Branco - sem uso (zero horas) ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250319", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250319", " CONDENSADOR MIDEA (SEM USO)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250309", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250309", "12 ROLOS DE ARAME DE SOLDA MIG (15KG/CADA)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250310", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250310", "IMPRESSORA PLOTTER ULTRAJET MOD. ULTRA CAM  - SEM USO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250325", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250325", " BICICLETA ELÉTRICA NOVA ( SEM USO)SEM CHAVE/ACOMPANHA 4 BATERIAS NOVAS ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250323", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250323", " (SUCATA) - AR CONDICIONADO SPRINGER ( FUNCIONANDO ( SEM FRENTE)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250322", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250322", " 2 CONJUNTOS DE PÉ PARA CARRETA - COMPLETOS COM BARRA ( SEM USO)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250458", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250458", "APROX. 14 VENTILADORES DE TETO SEM GARANTIA ( PODENDO SER SUCATA/FALTANDO PEÇAS)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250324", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250324", " 2 UN. DE ROLOS DE CAPACHO CAPAZZI ALTO TRÁFEGO - MEDIDAS 25 MTS. X 1,50 MTS ( CADA) SEM USO EMBALADO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250459", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250459", "02 UN. CERVEJEIRAS- SENDO; 1 SEM PORTA E 1 COMPLETA COM  AVARIAS / VIDRO QUEBRADO) ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250460", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250460", "(SUCATA) - APROX. 11 TVS. 55/42/32 POLEGADAS - TODAS QUEBRADAS/NOVAS NA CAIXA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251400", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251400", "FREEZER 100 LITROS - ( LIGA MAS NÃO GELA)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251477", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251477", "FREEZER 205 LITROS - (fios arrebentas não testado sem garantia)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251483", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251483", "06 UN. PULVERIZADORES JACTO ( NOVOS - FALTANDO PEÇAS)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251485", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251485", "02 UN. VIDROS DE MÁQUINA AGRÍCOLA SEM IDENTIFICAÇÃO ( NOVOS)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251484", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251484", "02 UN. PISTÕES HIDRAÚLICOS DE MAQUINA ( 2,00 MTS COMPRIMENTO ) SEM USO  - SEM IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251486", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251486", " FREZZER 150 LITROS ( LIGA MAS NÃO GELA ) SEM GARANTIA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250308", "344")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250308", "29 GALÔES (28KG CADA) CLORETO DE CÁLCIO SOLUÇÃO 40% (REPOSIÇÃO DE CÁLCIO PERDIDO PELO LEITE DURANTE A PASTEURIZAÇÃO)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250305", "347")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250305", " 4 telas de retroprojetores sendo: 2 com tripé e 2 sem")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250307", "353")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250307", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250306", "354")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250306", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...10 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250339", "1002")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250339", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250338", "1003")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250338", "  Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...85 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250337", "1008")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250337", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250336", "1009")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250336", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...245 lines deleted...]
-      <c r="C29" s="4" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250328", "1015")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250328", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D29" s="4" t="inlineStr">
-[...282 lines deleted...]
-      <c r="C38" s="4" t="inlineStr">
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250329", "1016")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250329", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D38" s="4" t="inlineStr">
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E38" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C39" s="4" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250334", "1018")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250334", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D39" s="4" t="inlineStr">
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E39" s="5" t="inlineStr">
-[...158 lines deleted...]
-      </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250335", "1019")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250335", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250327", "1022")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250327", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250331", "1023")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250331", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250326", "1024")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250326", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250330", "1025")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250330", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250332", "1027")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250332", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250333", "1030")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250333", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250315", "1043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250315", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250312", "1044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250312", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250317", "1045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250317", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250314", "1046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250314", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250311", "1047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250311", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250316", "1048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250316", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250313", "1049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250313", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250341", "1051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250341", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250363", "1052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250363", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250340", "1053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250340", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250343", "1054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250343", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250346", "1055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250346", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250368", "1056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250368", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250366", "1057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250366", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250357", "1058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250357", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250367", "1059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250367", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250364", "1060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250364", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250354", "1061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250354", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250352", "1062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250352", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250353", "1063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250353", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250344", "1064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250344", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250361", "1065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250361", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250349", "1066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250349", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250345", "1067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250345", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250355", "1068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250355", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250350", "1069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250350", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250356", "1070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250356", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250342", "1071")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250342", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250359", "1072")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250359", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250351", "1073")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250351", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250348", "1074")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250348", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250369", "1075")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250369", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250362", "1076")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250362", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250358", "1077")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250358", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250347", "1078")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250347", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250360", "1079")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250360", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250365", "1080")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250365", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>