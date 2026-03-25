--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -269,4603 +269,4031 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250673", "1000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250673", "03 UN. ESTEIRAS DE INOX SENDO; ( 1 DE 3,00 X 0,60 )( 1 DE 2,70  X 0,20)( 1 DE 1,20 X 0,20 )")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250674", "1001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250674", "02 UN. VIRA TAMBOR PNEMÁTICO COM PISTÃO  E UNIDADE HIDRÁULICA FRENTE INOX")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250671", "1002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250671", "03 UN. BOMBAS COM MOTOR 30 CV")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250670", "1004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250670", " 1 jato de areia cmv")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250672", "1005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250672", "GERADOR 125 KVA COM MOTOR 4CC ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250675", "1006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250675", " 01 MOTOREDUTOR COM MOTOR WEG 3CV")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250676", "1007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250676", " 02 BOMBAS DE ENGRENAGEM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250677", "1008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250677", " 01 BOMBA PARA ÓLEO MOTOR 3CV")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250678", "1009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250678", "2 bombas para abastecimento de óleo")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250679", "1010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250679", "1 bomba ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250680", "1011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250680", "1 redutor")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250681", "1012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250681", "Análise de sulfa em leite.equipamento para laboratório.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250687", "1014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250687", " 2 un. pedestal foco de luz ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250683", "1015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250683", " 2 un. rolamentos grandes 14 cm x 46 cm (aprox 240 kls total)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250686", "1017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250686", " 2 un.alimentador para injetora largura 57cm x 67 altura.")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250682", "1018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250682", " 1 un. alimentador com filtro inox 96x30 cm ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250684", "1019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250684", " 1 un. alimentador inox com rosca interna 87x30 cm boca ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250685", "1020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250685", " 1 peça maquina 40 cm")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250688", "1021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250688", "[ VÍDEO ] ELEVADOR AUTOMOTIVO NL211SX 4.000 KILOS - SEM USO - desmontado")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250707", "1022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250707", "COMPRESSOR RADIAL ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250708", "1023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250708", "BOMBA COM MOTOR WEG 12.5 ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250709", "1024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250709", "01 LAVADOR DE PEÇAS EM INOX COM BOMBA WEG 5CV COM FILTRO , TANQUE 1.60X X0,57X ALTURA 0,57 ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250710", "1025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250710", "01 UN. PAINEL COM INVERSOR E 01 MOTOREDUTOR")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250711", "1026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250711", "01 UN. TALHA CAPAC. 2 TON.")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250712", "1027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250712", "03 UN. TANQUES DE INOX 1,30 X 1,20")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250713", "1028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250713", "MOINHO DE FACAS  - ALT. 1,70 MTS X 30 CTMS DE BOCA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250714", "1029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250714", "ESTEIRA COM PAINEL")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250715", "1030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250715", "MESA VIBRATÓRIA COM MOTOR ( NO ESTADO) 2,70 X 1,03")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252281", "1031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252281", "01 BOMBA COM MOTOR 25 CV  MARCA WEG ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252282", "1032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252282", "01 REDUTOR ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252283", "1033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252283", "01 FURADEIRA MARCA YADOYA MOD. FY")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252338", "1034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252338", "01 UN. UNIDADE HIDRÁULICA COM MOTOR ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252339", "1035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252339", "01 UN. UNIDADE HIDRÁULICA COM MOTOR ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252340", "1036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252340", "01 UN. PEÇA PNEUMÁTICA ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252574", "1037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252574", "01 UN. UNIDADE HIDRÁULICA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252575", "1038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252575", "01 UN. BATEDEIRA INDUSTRIAL HOBART")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252784", "1039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252784", "BOMBA HIDRÁULICA PARA BASCULANTE MARCA HIVA ( PAROU FUNCINANDO - NO ESTADO) ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252785", "1040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252785", "06 UN. GARRAFAS SENDO 2 PARA GLP , 3 PARA OXIGÊNIO E 1 PARA ACELITENO ( PRECISA FAZER TESTES)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250622", "2004")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250622", "EMPILHADEIRA / PALETEIRA ELETRICA TOYOTA  - COM BATERIA E CARREGADOR")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250624", "2005")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250624", " GERADOR DIESEL")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250623", "2006")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250623", " GERADOR 4CC APROX. 15 KVA MOTOR")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250587", "2007")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250587", "Máquina para solda de tubo. Tipo ponteadeira.100 KVa")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250625", "2008")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250625", " BRAÇO ARTICULADO PARA OFICINA (NÃO INCLUI VIGA LATERAL)")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250658", "2009")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250658", " TAMBOREADOR")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250627", "2010")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250627", " DOIS VASOS  EM INOX DE PRESSÃO COM VALVULAS")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250653", "2014")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250653", "02 UNIDADES - AUTOCLAVE HOSPITALAR")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250654", "2016")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250654", "TALHA 2 TON.")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250669", "2019")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250669", " PRENSA HIDRÁULICA CAP. 80  TON")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250582", "2020")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250582", " 1 ventilador. .")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250608", "2022")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250608", " MISTURADOR DE ESFERA PARA TINTA COM MOTOR WEG 15 CV")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250581", "2025")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250581", "VÁLVULA ROTATIVA")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250595", "2027")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250595", "1 VENTOINHA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250596", "2028")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250596", "1 REDUTOR DE GRANDE PORTE PESO. 1.250 KGS APROX.")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250609", "2031")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250609", "CENTRÍFUGA SEPARADORA  FLOTTWEG  MOD. MW 2000 SSP 122")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250597", "2032")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250597", "Sistema de filtragem de óleo")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250589", "2034")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250589", "Aprox. 10 peças - câmera e protetor para empilhadeira")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250628", "2035")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250628", " tanque de PVC com pé")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250655", "2037")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250655", "BOMBA A VÁCUO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250612", "2038")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250612", " 01 MOTOR WEG COM BOMBA DE ENGRENAGEM( SEM PLAQUETA) APROX. 25 A 30 CV")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250617", "2039")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250617", " 01 TROLLER PARA 1100 KGS.")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250590", "2040")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250590", "1 bomba a vácuo 2 moto redutor")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250588", "2042")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250588", "1 unidade hidráulica com 2 bombas hidráulicas com trocador de calor")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250629", "2043")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250629", " 2 trituradores para máquina acricola com facas")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250580", "2045")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250580", "COLETOR E SEPARADOR DE ÓLEO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250660", "2049")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250660", " 01 BOMBA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250591", "2053")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250591", " 04 MOTORES CORRENTE CONTÍNUA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250592", "2054")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250592", " 01 MOTOR")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250613", "2058")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250613", " 01 BOMBA DOSADORA 0,33 CV")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250601", "2059")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250601", " APARELHO PARA LABORATÓRIO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250616", "2060")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250616", " 01 COMPRESSOR PARA REGERAÇÃO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250659", "2061")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250659", " 2 MAQUINAS DE ESPECIFICAÇÃO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250593", "2062")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250593", " 02 PISTÕES PARA DESLOCAMENTO DE MAQUINAS - 1,65 MTS")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250615", "2063")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250615", " 03 MOTORES ( SENDO 1 SEM EIXO)")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250598", "2064")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250598", " 01 Bomba de alta pressão de pistão - com manual")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250602", "2065")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250602", " 1 PAINEL DE MÁQUINA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250600", "2067")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250600", "Moto ventilador")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250579", "2068")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250579", " VENTILADOR")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250603", "2069")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250603", " UNIDADE HIDRAULICA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250626", "2070")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250626", " 01 SERRA ESQUADRILHADEIRA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250661", "2071")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250661", " MOTOR 7.5CV RPM 1730")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250604", "2072")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250604", " UNIDADE HIDRAULICA COM MOTOR 5CV WEG")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250605", "2074")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250605", " FURADEIRA DE BANCADA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250662", "2075")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250662", " 05 MOTORES")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250606", "2076")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250606", " SIRENE PARA AMBULANCIA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250607", "2078")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250607", " TROCADOR DE PLACAS PEQUENO")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250610", "2079")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250610", " 06 PEÇAS SENDO; 3 MOTOS REDUTORES E 3 MOTORES")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250614", "2082")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250614", " 02 MOTORES WEG")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250574", "2083")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250574", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250657", "2084")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250657", " Carrinho com motor Weg para testes")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250611", "2085")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250611", " 02 MOTO REDUTORES")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250656", "2086")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250656", " 02 motores Eberle sendo ; 1de 4 cv 1710 rpm e 1 de 1,5 cv 1705rpm")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250663", "2088")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250663", " MOTOR COM REDUTOR PARA MAQUINA")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250689", "2089")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250689", "05 PNEUS FIRESTONE 235/75R15 (SEM USO  -  DOT VENCIDO)")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250618", "2090")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250618", " BOMBA DE REFRIGERAÇÃO DE MAQUINAS")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250621", "2091")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250621", " UNIDADE HIDRAULICA")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250619", "2092")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250619", " BOMBA DE REFRIGERAÇÃO DE MAQUINAS")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250620", "2093")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250620", " FILTRO MANGA COM MESA ( PARA MARCENARIA)")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250664", "2094")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250664", "03 MOTORES CORRENTE CONTÍNUA")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250665", "2095")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250665", " 04 PAINEIS ELETRICOS")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250633", "2096")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250633", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250630", "2097")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250630", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250635", "2098")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250635", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250632", "2099")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250632", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250636", "2100")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250636", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250638", "2101")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250638", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250637", "2102")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250637", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250634", "2103")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250634", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250631", "2104")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250631", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250639", "2105")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250639", " MISTURADOR COM TANQUE ENCAMISADO POR FORA (FERRO) E POR DENTRO (INOX) - BASCULANTE")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250644", "2106")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250644", " MOINHO DE ESFERA COM MOTOR WEG 20CV")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250645", "2108")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250645", " MASSEIRA")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250641", "2111")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250641", " COLETOR DE PÓ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250642", "2112")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250642", " 02 UN. 2 CHUVEIROS PARA INDUSTRIA QUIMICA ( LAVA OLHOS)")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250643", "2113")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250643", " 04 CONJUNTOS DE MOTOR GERADORES")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250666", "2114")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250666", " 2 sistemas de exaustão de ventilação.um com motor Weg de 1.5 cv outro sem motor")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250667", "2115")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250667", " 12 motores Weg - diversas capacidades")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250640", "2116")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250640", " Cavalete para motor")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250668", "2117")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250668", " 1 unidade hidráulica com motor Weg 7.5 cv")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250647", "2120")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250647", " 07 auto transformadores variavel")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250649", "2121")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250649", " 16 placas em aluminio")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250586", "2122")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250586", " Espuladeira para enrolar fios e carreteis")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250648", "2123")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250648", " 1 cortador gitatorio")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250646", "2124")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250646", " 1 bureta digital para laboratorio")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250652", "2125")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250652", " 3 micropipeta para laboratorio")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>80.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250651", "2126")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250651", " 2 aparelhos para laboratorio")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250650", "2128")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250650", " 1 psicrômetro")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250575", "2129")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250575", " 5 PROTOCOLADORES")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250576", "2131")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250576", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250577", "2132")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250577", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250578", "2133")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250578", "01 redutor")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.120,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250583", "2134")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250583", " 1 Micro teste")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250584", "2135")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250584", " 1 micro teste para laboratório")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250585", "2136")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250585", " porta papel")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250599", "2401")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250599", " Compressor FS CURTIS HTA 120, Motor 15Hp, Tanque - *304 litros, Dimensões - Diâmetro 490 x 1760 mm* Peso - 450 kg Modelo")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250696", "3000")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250696", " 08 UN. CAIXAS DE SOM PASSIVAS ")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250700", "3001")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250700", " 08 UN. CAIXAS ACÚSTICAS JBL")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>420,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250690", "3002")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250690", " 10 UN. APARELHO DE VÍDEO CONFERÊNCIA - CISCO TELEPRESENCE TOUCH 10 MODELO CS TOUCH 10 V01")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250703", "3004")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250703", " MÁQUINA FLIPERAMA ")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>390,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250692", "3005")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250692", " 07 UN. CASES TAMANHOS E MODELOS DIVERSOS ")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250691", "3006")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250691", " APROX 64 UN. APARELHOS ROTEADORES DIVERSOS ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250695", "3007")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250695", "GERADOR SEMINOVO FUNCIONANDO 4 TEMP BIVOLT ")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250701", "3008")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250701", "BEBEDOURO LIBEL 220V LACRADO")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250702", "3015")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250702", " APROX 80 UN. DE APARELHOS DVDS DE MARCAS DIVERSAS")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>