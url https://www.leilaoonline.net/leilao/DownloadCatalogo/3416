--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250372", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250372", " Girafa STROM Até  2Ton. - sem uso ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250370", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250370", " Compres. Ar c/ Motor Gas. 5,5hp (130lt)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250371", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250371", " Roçadeira eletrica 127v ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250373", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250373", " Lote com: Aprox. 30 - Arco carreta 2,40m")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250394", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250394", " Talha WORKER 1T ELEV. 3M")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250381", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250381", " Lote com: 03 Radios Aquario RP 80")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250382", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250382", " Motobomba autoescorv. MB3AL 6,5hp - agua limpa")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250383", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250383", " Carreg. Bater. 20 AMP ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250390", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250390", " Lote com: Aprox. 22 Cintas p/ cargas 10T e Aprox. 8 Cintas p/ cargas 05T")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250384", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250384", " Lote com: 01 Lona Imperm. carreta (Vanderleia) e 04 Lona Imperm. carreta (reboque 12,5 x 4) ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250389", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250389", " Compressor de ar TRIFASICO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250387", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250387", " Bomba lava-jato Chiaperini LJ330 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250378", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250378", " Motoesmeril Worker 360w (c/ suporte)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250375", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250375", " Rebitadeira Pneum. p/ lonas freio (linha pesada) ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250386", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250386", " Morsa de bancada ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250380", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250380", " Lote com: Esmirilhadeira DeWalt DWE490-B2 e Furadeira BLACK e Decker")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250379", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250379", " Suporte p/ corte Lonas de freio (linha pesada)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250377", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250377", " Carrinho de oficina USO divers.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250385", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250385", " Lote com: 02 Engraxadeiras")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250374", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250374", " Lote com: Pneumática pneus c/ algumas bocas 1" e Pneumática pneus 3/4")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250391", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250391", " Lote com: 01 Macaco hidraulico 32T (Man.), 01 Macaco hidraulico 32T (Hidrau-pneum.), 03 Macaco hidraulico 20t (Man.) e 02 Mangueiras p/ Pneumáticas (20m)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250388", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250388", " Ferram. Divers. (Chaves, marretas, alavancas) ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250392", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250392", " Peças diversas (filtros, mangueiras, peças de carreta etc)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...670 lines deleted...]
-      </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250376", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250376", " Aprox. 36 Pneus USADOS 295 80R22,5 (Carcaças 2022-23) - Import. Lisos")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>18.400,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>