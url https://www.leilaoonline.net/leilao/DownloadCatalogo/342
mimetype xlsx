--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,2811 +269,2463 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15598", "3210")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15598", "DOLLY, FR56917, SEM DIREITO A DOCUMENTO, UND BARRA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15612", "3224")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15612", " 4 VIRABREQUIM DE COLHEDORA SEM USO, JOHN DEERE 8 LTS, S/FR, UND BARRA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15219", "3305")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15219", "CAMINHÃO VW/24.220, ANO/MOD 1991/1992, COR VERMELHA, FR96434, PLACA BWJ4055, UND BARRA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15218", "3306")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15218", " CAMINHÃO VW/24.220 6X4, ANO/MOD 1991/1992, COR VERMELHA, PLACA BWJ4048, FR96408, UND BARRA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15614", "3314")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15614", "CAMINHÃO VOLKSWAGEN 24-220 6X4, ANO 2001, FR 96418, PLACA CYN1481, UND BARRA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>40.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15605", "3324")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15605", "GERADOR TOSHIBA MOTOR YAMAR 4KVA E BANCADA COM MOTOR, IMOB 074328, UND BARRA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15213", "3346")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15213", "CAMINHÃO VW/26,220 EURO3 WORKER COMBOIO, ANO/MOD 2008/2009, FR96493 / FR98559, PLACA EAJ8435, UND BARRA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>50.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15224", "3347")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15224", "ENLEIRADEIRA, FR103797, UND BARRA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.350,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15225", "3348")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15225", "2 QUADROS DE IMPLEMENTO COM PISTÃO, FR103845 / FR71588, UND BARRA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15226", "3349")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15226", "TANQUE DE FERRO COM PERIFÉRICOS 12 MIL LITROS aproximadamente , FR98529, UND BARRA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15227", "3350")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15227", "SUCATA DE VW/ GOL, S/FR, (SEM DIREITO A DOCUMENTO), UND BARRA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15228", "3351")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15228", "CARROCERIA (MOD PRANCHA) APROX. 6MTS, FR98709, UND BARRA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15229", "3352")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15229", "1 MOTOR DE CAMINHÃO VW/24.220, S/FR, UND BARRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15230", "3353")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15230", "1 MOTOR DE CAMINHÃO VW/24.220, S/FR, UND BARRA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.650,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15231", "3354")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15231", "TUBOS DE FERRO "2,5" COMPRIMENTO 2 METROS APROXIMADAMENTE (VENDA POR LOTE), S/FR, UND BARRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.050,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15232", "3355")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15232", "TUBOS (VENDA POR LOTE), S/FR, UND BARRA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15217", "3356")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15217", "GUINCHO TEMA TERRA GUINDASTE, ANO 1988, FR100134, UND BARRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15223", "3357")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15223", "20 BANCOS APROXIMADAMENTE, S/FR, UND BARRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15442", "3358")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15442", "SUCATA DE INFORMÁTICA E 1 PLOTTER HP 450, PATRIMÔNIO 015921, UND BARRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15596", "3359")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15596", "CARROCERIA COMBOIO COR AZUL, S/FR, UND BARRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15597", "3360")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15597", "TANQUE DE FERRO COM PERIFÉRICOS 12 MIL LITROS aproximadamente , FR98526, UND BARR")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15595", "3361")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15595", "CAMINHÃO VW/15.180 EURO3 WORKER COMBOIO, ANO2006, PLACA DMD4092, FR140227, UND BARRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15594", "3362")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15594", "CAMINHÃO TOCO VW 7100, ANO 1998, FR96315, UND BARRA ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15615", "3363")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15615", "VW/SANTANA, ANO 2001, FR95196, UND BARRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15608", "11623")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15608", " REBOQUE R/RANDON RQ CA, ANO 2007, FR10218, PLACA DTP7136, UND SERRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>13.550,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15607", "11626")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15607", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR133022, PLACA EIG8141, UND SERRA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>14.600,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15587", "11628")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15587", " 2 ESTEIRAS TRANSPORTADORAS - APROX. 8 M - PATRIM. 215297 - UND. SERRA ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15578", "11629")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15578", " TANQUE DE FIBRA ESTADO DE SUCATA DE FIBRA, APROX. DE 6.000 A 8.000 LITROS - PATR. 215.029 - UND. SERRA ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15580", "11631")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15580", " 3 CASTELOS E 1 ROLO DE MOENDA , (PESO ESTIMADO P/ CARREGAR 10 TON) - UND. SERRA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>10.100,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15583", "11632")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15583", " ESCARIFICADOR FR361022, SUCATA DE GRADE S/FR,  - UND. SERRA ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>93</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>9.850,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15581", "11634")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15581", " CAIXOTE DE CANA PICADA, (MOD CARROCERIA) FR174059 - UND. SERRA ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15584", "11636")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15584", " CAIXOTE DE CANA PICADA, (MOD CARROCERIA) FR10646- UND. SERRA ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15579", "11637")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15579", " CAIXOTE DE CANA PICADA, (MOD CARROCERIA), S/FR - UND. SERRA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15585", "11638")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15585", " CAIXOTE DE CANA PICADA, (MOD CARROCERIA), S/FR - UND. SERRA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15582", "11639")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15582", " CAIXOTE DE CANA PICADA , (MOD CARROCERIA), FR10625 - UND. SERRA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15305", "11640")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15305", " CAIXOTE DE CANA PICADA (TIPO CARROCERIA), FR174092, UND SERRA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15616", "11641")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15616", "SUCATA DE MOVEIS E UTENSÍLIOS EM GERAL, CADEIRAS, MESAS E AR CONDICIONADO, S/FR, UND SERRA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15611", "12278")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15611", " SUPER CULTIVADOR DMB, ANO 2008,, FR92732")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15606", "13008")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15606", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82616, PLACA DXX0391, UND ZANIN")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15304", "14001")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15304", "R/GUERRA AG CV 8,20 M, ANO 2009, FR82612, PLACA DXX0388, UND ZANNIN")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15311", "14002")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15311", "R/RANDON RQ CA  8,00 M, ANO 2007, FR88621, PLACA COU4982, UND ZANIN")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>13.700,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15312", "14004")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15312", " R/RANDON RQ CA, ANO 2008,  FR121428, PLACA EAP7091, UND ZANNIN")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>118</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>14.850,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15307", "14006")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15307", "SR/RANDON SR CA , ANO 2007, FR56260, PLACA DAU0392, UND ZANNIN")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>32.200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15303", "14007")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15303", "SR/USICAMP SRCP E2 12,50 M, ANO 2008, PLACA EDQ2072, FR91156, UND ZANIN")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>139</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>39.400,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15609", "15296")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15609", " REBOQUE R/RANDON RQ CA 8,00M, ANO 2008, FR121431, PLACA EAP7094, UND BONFIM")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15588", "15297")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15588", "5 MOTORES PERKINS E 1 M.BENZ PATRIM, 214290, 1 MOTOR ELÉTRICO, 2 BOMBAS HIDRÁULICO E EIXO DE EQUIPAMENTO UND BONFIM")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15589", "15298")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15589", "20 QUINTA RODAS APROXIMADAMENTE, S/FR - LOC. BONFIM")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.700,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15590", "15299")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15590", "CONJUNTO DE FILTROS, S/FR, UND BONFIM")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15591", "15300")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15591", "DIVERSOS ITENS - BOMBA AZUL, PEÇAS DE IMPLEMENTOS, TANQUES PLASTICO E CAIXA AMARELA, S/FR, UND BONFIM")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15592", "15301")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15592", "CAMINHÃO VW/15.180 EURO3 WORKER COMBOIO, ANO/MOD 2008, FR112252/1122294, PLACA CWQ1304, UND. BONFIM")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>58.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15593", "15302")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15593", "CAMINHÃO VW/15.180 EURO3 WORKER CARROCERIA COMBOIO, ANO/MOD 2008/2009, FR119896/121820, PLACA EAP7339, UND BONFIM")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15301", "15304")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15301", " TRANSBORDO SMR 10500 10 T, FR123710, UND BONFIM")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>7.550,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15308", "15305")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15308", " TRANSBORDO SANTAL 10 T, FR123812, ANO 2013, UND BONFIM")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>8.450,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15302", "15306")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15302", " TRANSBORDO SANTAL 10 T, FR123811, UND BONFIM")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>8.300,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15287", "15331")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15287", "1 MOTO BOMBA PATRIM. 214628/214627, CORRENTES DE AÇO, 8 TUBOS DE PVC/FIBRA E 1 CAIXA D"AGUA, S/FR, UND BONFIM")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15288", "15332")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15288", "MOTO BOMBA, FR119040, UND BONFIM")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>8.350,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15289", "15333")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15289", "2 VARIADORES, PARA-CHOQUES, TANQUE PLÁSTICO PEQUENO E COMPARTIMENTO DE FILTRO, S/FR, UND BONFIM ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15290", "15334")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15290", "TUBOS DE INOX, S/FR, UND BONFIM")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>9.350,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15291", "15335")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15291", "TUBOS, S/FR, UND BONFIM ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15601", "20001")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15601", "PENEIRA VIBRATÓRIA, PAT.190005, IMOB. 42875 NAM5 UND COSTA PINTO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15602", "20006")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15602", "SUCATA GM/ KADETT IPANEMA SL, ANO 1993, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15320", "20008")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15320", " PERFIS, TRELIÇAS, TUBO DE AÇO E 3 TAMBORES DE FREIO, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15575", "21002")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15575", " 60 RODAS APROXIMADAMENTE, S/FR, UND. RAFARD")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15574", "21003")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15574", " 15 BANCOS APROXIMAMENTE PARA TRATORES E CAMINHÕES, S/FR, UND RAFARD")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15567", "21004")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15567", " BRAÇOS E TENSOR M.BENZ, REPAROS DIVERSOS E BOMBA, S/FR, UND RAFARD")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15577", "21005")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15577", " 30 PEÇAS APROXIMADAMENTE DE TAMBORES DE FREIO M.BENZ E VOLVO ( SEM USO) S/FR, UND RAFARD")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15568", "21006")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15568", " CATRACAS DE FREIOS PARA CARRETAS, S/FR, UND RAFARD")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15569", "21007")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15569", " 2 CAIXAS DE TRANSFERÊNCIA PARA M.B 2213/2217 E DIFERENCIAL FORD, S/FR, UND RAFARD")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15570", "21008")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15570", " 20 TUBOS APROXIMADAMENTE DE PVC COR LARANJA, S/FR, UND RAFARD")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15571", "21009")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15571", " 15 tonelada TUBO DE EVAPORAÇÃO AÇO CABORNO (PREÇO POR KILO), S/FR, UND RAFARD")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1,19</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15573", "21010")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15573", " DIVERSOS MATERIAS  - VÁLVULA, BOBINAS, ALUMÍNIO, INOX, S/FR, UND RAFARD ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>5.100,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15576", "21011")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15576", " ESTUFA DE LABORATÓRIO SCHMIDT MEDIDO APROX. 3X3X250, S/FR, UND RAFARD VERIFICAR")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15214", "22001")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15214", "CAMINHÃO VW/26,220 TANQUE EURO3 WORKER, ANO 2010, FR22127, PLACA EFR2507, UND SANTA HELENA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>44.250,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15315", "22003")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15315", " BAÚ DE ALUMINIO, S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15316", "22004")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15316", " BAÚ DE ALUMINIO, S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15321", "22005")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15321", " BAÚ DE ALUMINIO, S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15314", "22007")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15314", " SUCATA  FIAT UNO MILLE 1.0 ,ANO 1995, 9 (SEM DIREITO A DOCUMENTO), S/FR, UND SANTA HELENA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15317", "22008")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15317", " CAMINHÄO VW/26.220 EURO3 WORKER ANO 2007, FR34083, PLACA DXP 4512, UND SANTA HELENA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15313", "22009")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15313", "  40 RODAS (QDT APROXIMADA), S/FR, UND SANTA HELENA ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15318", "23000")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15318", " CAMINHÃO M.BENZ L 2220, CARROCERIA E MUNCK, FR35030, ANO 1988, PLACA BIE4016, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>30.250,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15319", "23001")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15319", " REDUTOR FALK, PATRIMONIO 06104, S/FR, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>4.550,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15327", "23002")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15327", " 9 SUCATA DE MOTORES ELÉTRICOS, S/FR, UND SÃO FRANCISCO ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15323", "23003")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15323", " VENTILADOR COM MOTOR, PATRIMONIO 66328, S/FR, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15325", "23004")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15325", " REDUTOR H12-18 AZUL SEM PATRIMONIO, TRANSMOTECNICA, REDUÇÃO 1:25, S/FR, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>5.450,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15326", "23005")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15326", " 1 REDUTOR MAUSA E 1 BOMBA MAX ANTIGA SUCATA")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>5.150,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15324", "23006")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15324", " ENLHEIRADETRA, FR37607 E IMPLEMENTO FR67315, UND SÃO FRANCISCO ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15603", "24005")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15603", "MMC/PAJERO TR4 BLINDADA , ANO/MOD 2004/2005, COR PRATA, GASOLINA")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>