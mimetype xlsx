--- v0 (2025-11-13)
+++ v1 (2026-03-25)
@@ -269,3483 +269,3051 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250880", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250880", " Lote com grande quantidade de  peças de reposição e itens diversos para manutenção de aeronaves")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250875", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250875", " Lote com: 03 unid. De Caixas metalicas - Medidas externas: 400x290x290cm. Com travaMedida interna: 360x240x240cm. Com alça e trinco para cadeado")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250919", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250919", " Lote com: 24 unid. de Latas de Oleo para motores a jato - Mobil Jet - Mobil Jet Oil IIProteção contra desgaste, corrosão e deposito - Estabilidade - Viscosidede: Alta/Baixa temperatura - Marca: Mobil")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250951", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250951", " Lote com: 24 unid. de Latas de Oleo para motores a jato - Mobil Jet - Mobil Jet Oil IIProteção contra desgaste, corrosão e deposito - Estabilidade - Viscosidede: Alta/Baixa temperatura - Marca: Mobil")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250897", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250897", " Carrinho de manutenção")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250924", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250924", " Armario para ferramentas e equipamentos. Obs: Sera entregue vazio. Valor do lote só do armario. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250877", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250877", " Lote com: 02 unid. tabuas de resgate com acessorios")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250914", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250914", " Lote com: 2000 unid. De Botão  para Spray, com atuador para bloqueio de ondas, cor: Vermelha -Sem uso, Na caixa original")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250943", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250943", " Lote com: 2000 unid. De Botão  para Spray, com atuador para bloqueio de ondas, cor: Rosa  -Sem uso, Na caixa original")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250950", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250950", " Lote com: 3.000 unid. Conjunto de tampa e valvula para aerosol - Marca Summit com botão de atuador com trava - cor vermelha - Material Sem uso - Na caixa original")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250906", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250906", " Lote com: 10 unid. Luminaria Externa 250/400w  - Luminarias para areas externas, ambientes amplos. Com base relé -Material Sem uso")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250975", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250975", " Giro-Flex ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250953", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250953", " Giro-Flex")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250885", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250885", " Lote com: 2 unid. Morça para tubos - Tamanho Nº.: 4 - Sem uso")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250946", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250946", " Lote com: 03 unid. Desempeno de bancada  - Medida: 18cm x 37 cm")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250937", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250937", " Lote com: 01 tambor de Peneira molecular - Marca:  Pingxiang Petrochemical Packing -  Material Sem uso - Tambor 153 Kg")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250977", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250977", " Lote com: 04 tambores de Peneira molecular - Marca:  Pingxiang Petrochemical Packing -  Material Sem uso - Tambor 153 Kg")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250945", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250945", " Lote com: 05 rolos de Conduite  espiral -  cor&gt; laranja - Rolo de 100 metros - Medida: 3/8 - Material Sem uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250935", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250935", " Lote com: 07 unid. De Gaveteiros diversos")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250938", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250938", " Lote de clivadores (sucata) - Aproximadamente 59 peças")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250930", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250930", " Maquina para fusao de fribra optica com maleta - Marca: Sumitomo - Modelo: Type 25e (sucata)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250960", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250960", " Maquina para fusao de fribra optica com maleta - Marca: Sumitomo - Modelo: Type 25e (sucata)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250967", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250967", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250876", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250876", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250969", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250969", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250908", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250908", " Maquina para fusao de fribra optica com maleta - Marca: Sumitomo - Modelo: Type 25e (sucata)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250895", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250895", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250913", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250913", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250954", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250954", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250916", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250916", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250891", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250891", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250973", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250973", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250921", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250921", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250952", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250952", " Maquina para fusao de fribra optica com maleta - Marca: Sumitomo - Modelo: Type 25e (sucata)")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250920", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250920", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250894", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250894", " Lote com: 100 unid. Degrau para cabos - medida: 35mm x 315mm")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250905", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250905", " Lote com 10 unid. Localizador por satelite (sucata)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250917", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250917", " Lote com: 150 unid. Malotes - Bolsas de lona  reforçada com trava - Cores surtidas ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250929", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250929", " Lote com: 300 unid. Malotes - Bolsas de lona com trava - cores sortidas")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250893", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250893", " Lote com: 1500 unid. Malotes - Bolsas de lona com trava - cores sortidas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250902", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250902", " Lote com: 10 unid. Torre CPU (sucata)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250947", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250947", " Lote com: 05 unid. monitores (sucata)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250879", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250879", " Lote com: 05 unid. monitores (sucata)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250927", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250927", " Lote com: 05 unid. monitores (sucata)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250970", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250970", " Lote com: 45 unid. Teclados para computador (sucata)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250883", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250883", " Lote com: 49 unid. Cabos HDMI ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250898", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250898", " Painel de Distribuição geral Optico Interno , Conectorizado 72P/144P Marca: FURUKAWA - Material sem uso")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250932", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250932", " Lote com: 10 unid. Cintos de segurança para trabalhos em altura - Modelo: paraquedista simpesSucata por estar fora da validade")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250956", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250956", " Lote com: 05 unid . Cintos de segurança para trabalhos em altura - Modelo completo com talabartSucata por estar fora da validade")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250966", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250966", " Lote com: 05 unid . Cintos de segurança para trabalhos em altura - Modelo completo com talabartSucata por estar fora da validade")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250904", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250904", " Lote com: 05 pares de Luvas para alta tensão  - Sucata por estar fora da validade, fabricadas em 2018")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250972", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250972", " Lote com: 1000 unid. Microtransponder - Marca: Ruggedised - Mod.:  Id 103 - Tamanho: 3mm x 13mmmaterial Sem uso")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250961", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250961", " Bisturis para oftalmologia - Marca: bvi Beaver Visitec Mod: 374991 - 373727 - 373722 - Sucata por estar fora da validade - 10 caixas com 10 unidades em cada caixa.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250955", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250955", " Bisturis para oftalmologia - Marca: bvi Beaver Visitec Mod: 378235 - 378224 - 378222- Sucata por estar fora da validade - 06 caixas com 10 unidades em cada caixa.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250903", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250903", " Maquina Plaina Desempenadeira para Madeira - Marca: Omil - Mod.: DES320Equipamento  Sem uso")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250918", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250918", " Maquina Tupia - Marca: Invicta - Mod.: TMC 13 - maquina para madeira")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250949", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250949", " Maquina Tupia - Marca: Baldan - Mod.: TU-4 - Area de trabalho: 950 x 700mm3 velocidades: 1.300/6.000/10.000 RPM - maquina para madeira")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250899", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250899", " Auto Clave Vertical - Marca: Fabbe Primar - Mod.: 102")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250940", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250940", " Lote de peças de acabamento para calha eletrica  Marca: Tramontina")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250896", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250896", " Lote com: 500 unid. Tap braker diversos, de ferro e de aluminio")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250968", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250968", " Destilador de Nitrogenio - Marca: Marconi - mod.: MA036")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250923", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250923", " Bateria de Extração 188 (Estufa de chão) - Marca: Marconi - Com Painel - Não foi testada.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250915", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250915", " Forno refratario - Marca: Brasimet - Mod.:K400 - Até 1300ºMedida interna: 430x600mm")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250948", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250948", " Lote com: 05 unid. Placa de arrastro para torno Romi S20 ou similar")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250971", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250971", " Lote com: Aprox. 500 kg. Master - Cores diversas - Marcas: Poly One, Agilcor, Daicolor, etcObs.: Data de validade expirada")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250933", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250933", " Mangueira de sucção de 3" polegdas x 10 metros - Reforçada")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250925", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250925", " Lote com: 100 unid. Grampo de suspensão - Material Sem uso.  -Material eletrico")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250901", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250901", " Lote com: 100 unid. Grampo de suspensão - Material Sem uso.  -Material eletrico")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250936", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250936", " Lote com: 50 unid. Raquetes para poste")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250979", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250979", " Ponta montada - 10 pacotes com 10 peças cada pacote. Material Sem uso")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250882", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250882", " Ponta montada - 10 pacotes com 10 peças cada pacote. Material Sem uso")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250928", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250928", " Lote com: 500 unid. Fecho de aço inox ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250941", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250941", " Lote com: 200 unid. Anel guia ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250907", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250907", " Aprox. 300kg. Raspa de borracha")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250911", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250911", " Lote com: 02 unid. Transformador Bi-partido (sucata)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250888", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250888", " Lote com: 12 unid. Bloco Spliter BSTS de 20pares com terra - Marca: 3M")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250890", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250890", " Lote com: 05 unid. Antena Banda Ku 75 Cm - Marca Svec. Antena Receptora DTH 75cm")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250912", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250912", " Lote com: 05 unid. Antena Banda Ku 75 Cm - Marca Svec. Antena Receptora DTH 75cm")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250886", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250886", " Lote com: 05 unid. Relogio comparador ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250974", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250974", " Lote com: 02 unid. Peças para empilhadeira TOYOTA - Torre e contra-peso  (sucata)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250900", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250900", " Lote com: 29 unid. Telefones (sucata)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250957", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250957", " Lote com: 08 unid. Furadeiras (sucata)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250931", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250931", " Lote com: 60 unid. Brocas Marca:  MAKITA - Medida: 10mm x 400mm - Sem uso")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250944", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250944", " Lote de Estação de call center - desmontadas . ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250926", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250926", " Lote com: 09 unid. Mesas diversas")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250910", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250910", " Torre de iluminação com 4 refletores - Marca TEREX - Modelo: RL 4000 (sucata)")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250878", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250878", " Lote com: 02 unid. suporte para pneus")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250881", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250881", " Colchão de solteiro com box")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250976", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250976", " Lote com: 30 unid. Gancho para tampa de bueiro  - Medindo 70cm")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250889", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250889", " Lote com: 10 unid. Trena de chão ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250934", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250934", " Estabilizador  40 KVA - No estado em que se encontra (sucata)")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250939", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250939", " Estabilizador  30 KVA - No estado em que se encontra (sucata)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250942", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250942", " Aparelho de Raio X")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250958", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250958", " Conjunto para dobrar tubos - Conjunto com 3 peças")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250887", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250887", " Conjunto para dobrar tubos - Conjunto com 3 peças")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250959", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250959", " Conjunto para dobrar tubos - 02 conjuntos - Conjunto com 3 peças")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250884", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250884", " Lote com itens para a fabricação de calçados  - Matrizes e itens para sapatos")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250922", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250922", " GPS Portatil - Garmin Etrex 10")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250909", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250909", " Scaner para veiculos - Marca: TECNOMOTOR - Mod.: Rasther II, com cabos e conectores de varios modelos -  com defeito - Acompanha acessorios e maleta")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250892", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250892", " Handa _ Video Scope / GII - Marca: PLANATC - Com maleta e acessorios - Com defeito(Camara articulada / boroscopio automotivo)")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250963", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250963", " Lote com: 04 unid. Cartucho de Torner - Marca Samsung - Novos na caixa, porem fora da validade (sucata)")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250981", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250981", " Prensa Hidraulica - Marca: EVA - Mod.: 40 - Capacidade Max: 40 Ton.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250978", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250978", " Estabilizador Robot")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250964", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250964", " Lotes com transformadores pequenos")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250980", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250980", " Lote com: 42 unid. Cordão de teste terra polar - Sem uso.")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250965", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250965", " Lote de celulares e baterias (sucata)")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250962", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250962", " Lote com: 135 unid. carregadores para celular antigos (sucata)")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...3038 lines deleted...]
-      </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250982", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/250982", " Lote com: 380 unid. carregadores de celulares veicular (sucata)")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>