--- v0 (2025-11-13)
+++ v1 (2026-03-25)
@@ -269,6715 +269,5879 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251170", "10058")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251170", "GM S10 ADVANTAGE S; ANO 2011/2011; BRANCO; ÁLCOOL/GASOLINA. - FR9006002. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251208", "10084")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251208", "TRATOR CASE MX 260; ANO 2017. - FR50958. - LOC. DIAMANTE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>87.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252562", "10108")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252562", "TRANSBORDO CIVEMASA TAC 10500; ANO 2010. - FR13003084. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252564", "10110")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252564", "TRANSBORDO CIVEMASA TAC 10500; ANO 2007. - FR7003005. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252565", "10112")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252565", "TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004014. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252563", "10113")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252563", "TRANSBORDO CIVEMASA TAC 10500; ANO 2010. - FR13003080. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252566", "10117")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252566", "TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004048. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251207", "10134")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251207", "CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4; ANO 2014/2014; BRANCO. - FR362070. - LOC. ZANIN")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252375", "10141")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252375", "SEMI REBOQUE AREA DE VIVENCIA SOUFER CFE 2E; ANO 2012/2012; CINZA. - FR139423. - LOC. SERRA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251167", "10147")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251167", "PLANTADORA ANTONIOSI DT1102. - ANO 2018 - FR20898. - LOC. SERRA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252278", "10157")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252278", "TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - FR123792. - LOC. BONFIM")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252279", "10158")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252279", "TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - FR123810. - LOC. BONFIM")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252280", "10159")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252280", "TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - FR123788. - LOC. BONFIM")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252357", "10225")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252357", " APROX. 145 SUCATAS DE IBCS. - S/FR. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251185", "10228")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251185", "MOTOR EST. BRANCO BD-10.0 - SEM O TRAFO. - FR513181. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252352", "10230")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252352", "MOTO BOMBA; ANO 2005. - FR8005035. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252379", "10231")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252379", "MOTOR SETTIMO TUBO; EST.BRANCO BD-10.0 S/TRAFO. - FR513176. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251184", "10233")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251184", "HIDROROL METALMAG; ANO 2007. (ROLÃO) - FR513092. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252362", "10235")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252362", " APROX. 29 BOMBAS DE HERBICIDA INOX. - S/FR. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252349", "10243")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252349", "QUADRICICLO POLARIS 570; ANO 2019. - FR11006025. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251169", "10250")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251169", "CARRETA PARA TRANSPORTE DE TUBOS. - FR8004001. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251204", "10275")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251204", "MANCAIS PARA REDUTOR. - PV:4700354.1. - LOC. UNIVALEM ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251209", "10288")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251209", "SULCADOR. - FR74021. - LOC. DIAMANTE ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252307", "10348")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252307", "CARRINHO DE PONTE ROLANTE BAUMA; ANO 2014. - S/FR. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252305", "10349")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252305", "SECADOR DE AR INGERSOLL. - PAT.328337/PAT.328360/PAT.328003. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252315", "10350")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252315", "SECADOR DE AR INGERSOLL. - PAT.242182. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252326", "10352")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252326", "PONTE ROLANTE WHITING. - S/FR. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>38.050,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252367", "10353")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252367", "SEMI REBOQUE RANDONSP SRBS IN; ANO 2010/2010; AZUL; COM DOLLY GUERRA; ANO 2009. - FR22562/FR88563. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252323", "10355")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252323", "SEMI REBOQUE RANDONSP SRBS IN; ANO 2010/2010; AZUL; COM DOLLY USICAMP; ANO 2008. - FR66161/FR56883. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252365", "10356")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252365", "REBOQUE RANDONSP RQ CA; ANO 2013/2014; CINZA. - FR36007. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>71.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252361", "10359")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252361", "SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2012; CINZA. - FR66219. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252325", "10362")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252325", "ENLEIRADEIRA. - FR140000. - LOC. RAFARD")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252309", "10363")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252309", "PONTE ROLANTE SANTIN 7X2. - S/FR. - LOC. RAFARD")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252324", "10364")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252324", "  6 CAÇAMBAS. - S/FR. - LOC. RAFARD ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>13.900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252312", "10367")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252312", "TANQUE. - S/FR. - LOC. RAFARD")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252300", "10368")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252300", "CAIXA D'ÁGUA ALPINA. - S/FR. - LOC. RAFARD")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252366", "10369")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252366", " 9 PAÍNEIS ELÉTRICOS. - PAT.209577/PAT.248531/PAT.209674/PAT.211494/PAT.209678/PAT.248230/PAT.248518/PAT.81418/PAT.209585. - LOC. RAFARD")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252358", "10370")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252358", "APROX. 9 MESAS; 3 BALCÕES; 6 ARMÁRIOS. - S/FR. - LOC. RAFARD ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252351", "10371")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252351", "CAIXA D'ÁGUA DE FIBRA; 5000L. - S/FR. - LOC. RAFARD")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252359", "10372")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252359", "GANCHO PONTE ROLANTE 20 TON. - PAT.249432. - LOC. RAFARD")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252360", "10373")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252360", "APROX. 60 MOTORES E SUCATA ELÉTRICA. - S/FR. - LOC. RAFARD")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>17.100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252363", "10374")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252363", "TRANSFORMADOR TORRANI UNIÃO. - PAT.266370. - LOC. RAFARD")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252355", "10375")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252355", "FOGÃO INDUSTRIAL GRSA 4 BOCAS. - S/FR. - LOC. RAFARD")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252350", "10376")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252350", "FOGÃO INDUSTRIAL 6 BOCAS. - S/FR. - LOC. RAFARD")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252354", "10377")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252354", "CAMINHÃO MERCEDES BENZ L2213; ANO 1984/1984; BRANCO. - FR34059. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>30.200,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252364", "10388")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252364", "SUCATA DE IMPLEMENTOS AGRÍCOLAS . - S/FR. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252321", "10389")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252321", "CARROCERIA TRANSBORDO CAIXOTE DUPLO ANTONIOSI ATA 12000 SC; ANO 2014. - FR67353. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251163", "10521")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251163", "TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004063. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251162", "10524")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251162", "MOTO BOMBA MWM 6.12 TCA; ANO 2007. - FR9005018. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252380", "10609")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252380", "CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER; ANO 2010/2010; BRANCO. (CARROCERIA TRANSBORDO ANTONIOSI ATA 12000SC.) - FR96634/FR98665. - LOC. GASA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>139.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251982", "10611")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251982", "SULCADOR DMB. - FR57230. - LOC. PARAÍSO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>6.700,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251975", "10612")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251975", "SULCADOR DMB. - FR61804. - LOC. PARAÍSO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>6.600,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251981", "10614")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251981", "SUCATA - IMPLEMENTO AGRÍCOLA HERBICIDA/PULVERIZADOR 3 PARTES. - FR1316/FR1318. - LOC. PARAÍSO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251996", "10615")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251996", " 2 COMPRESSORES E 1 EIXO. - S/FR. - LOC. PARAÍSO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>5.700,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251977", "10616")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251977", " 3 SUCATAS DE CABINES DE COLHEDORA. - S/FR. - LOC. PARAÍSO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251979", "10617")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251979", " 21 TRUCKS DE COLHEDORA. - S/FR. - LOC. PARAÍSO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>10.100,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251986", "10618")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251986", " 5 ELEVADORES PARA COLHEDORA. - S/FR. - LOC. PARAÍSO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>14.200,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251976", "10619")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251976", "COLHEDORA JOHN DEERE 3520; ANO 2010. - FR163629. - LOC. PARAÍSO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251995", "10620")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251995", "SUCATA DE COLHEDORA JOHN DEERE 3522. - FR128516. - LOC. PARAÍSO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251990", "10621")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251990", "ELIMINADOR DE SOQUEIRA AGROMATÃO. - FR426027. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>4.700,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251989", "10622")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251989", "ELIMINADOR DE SOQUEIRA AGROMATÃO. - FR103138. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251992", "10623")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251992", "ESTRUTURA DE CULTIVADOR. - FR20063. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>11.900,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251983", "10624")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251983", "ESTRUTURA DE CULTIVADOR. - FR19955. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251991", "10625")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251991", " 4 CAPOTAS PARA VEÍCULO. - S/FR. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251993", "10626")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251993", "SUCATA DE SULCADOR; TANQUE C/ ESTRUTURA; CONTAINER. - FR103315. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251994", "10627")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251994", "SUCATAS DE MÓVEIS E UTENSÍLIOS: 40 CADEIRAS; 4 BALCÕES; 7 MESAS; 5 ARMÁRIOS DE AÇO; 6 BEBEDOUROS; PORTA; JANELA; GELADEIRA; FREEZER; BALANÇA. - S/FR. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251998", "10628")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251998", "ESTRUTURA COM IMPLEMENTO E MOTOR ELÉTRICO WEG. - S/FR. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251985", "10629")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251985", "CARRETA COM TANQUE FIBRA. - FR600059. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251988", "10630")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251988", "CARRETA FABRICAÇÃO PRÓPRIA; SULCADOR; IMPLEMENTO. - FR619019/FR361231. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251997", "10631")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251997", "CAMINHÃO 15.180 EURO3 WORKER; ANO 2010/2010; BRANCO; CARROCERIA COMBOIO. - FR119911/FR121795. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251987", "10632")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251987", "TRATOR VALTRA BM125. - ANO 2012 - FR19832. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>87.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252003", "10633")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252003", "TRATOR VALTRA BM100; ANO 2012. - FR19837. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>124.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251980", "10635")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251980", "CARREGADEIRA MOTOCANA TRATOR NEW HOLLAND 6630; ANO 1998. - FR20893. - LOC. BARRA ")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251984", "10636")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251984", "TRATOR VALTRA BH210; ANO 2014. - FR116523. - LOC. BARRA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>201.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251978", "10637")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251978", "MESA DE MOENDA 01 EM OPERAÇÃO. - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251999", "10638")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251999", "APROX. 40 TON. DE RODETES. (LANCE POR KG.) - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252000", "10639")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252000", "TANQUE FIBRA/FERRO. - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252008", "10640")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252008", "SUCATA DE EQUIPAMENTO SISTEMA ADIABÁTICO. - PAT.310790. - LOC. BARRA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252015", "10641")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252015", "TANQUE DE FIBRA. (APROX. 20.000LTS. -  MED. 4X3 M.) - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252006", "10642")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252006", "GUINCHO HYSTER. (CANARINHO) - FR102905. - LOC. BARRA")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252001", "10643")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252001", "SUCATA DE CAMINHÃO VOLKSWAGEN 32.360 CRC 6X4; ANO 2020/2021; BRANCO. - S/FR. (VENDA SEM DIREITO A DOCUMENTAÇÃO.) - LOC. BARRA")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252016", "10644")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252016", "REBOQUE LENÇOIS RRTC; ANO 1995/1995; AZUL; COM HIDRO ROLL. - FR70515. - LOC. BARRA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252011", "10645")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252011", "SEMI REBOQUE RANDONSP SRBS IN; ANO 2010/2010; AZUL; COM TANQUE DE FIBRA. - FR96574/FR98802. - LOC. BARRA")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252017", "10646")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252017", "TRANSBORDO ANTONIOSI ATA 12000; ANO 2015. - FR102298. - LOC. BARRA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252004", "10647")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252004", "TRANSBORDO ANTONIOSI ATA 12000 12T - ANO 2010. - FR101993. - LOC. BARRA")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252005", "10648")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252005", "TRANSBORDO ANTONIOSI ATA 12000; ANO 2012. - FR47072. - LOC. BARRA")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252014", "10649")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252014", "TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - FR102037. - LOC. BARRA")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252002", "10650")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252002", "TRANSBORDO ANTONIOSI ATA 12000; ANO 2012. - FR47057. - LOC. BARRA")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252007", "10651")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252007", "TRANSBORDO ANTONIOSI ATA 12000; ANO 2012. - FR102062. - LOC. BARRA")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252010", "10652")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252010", "TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - FR101998. - LOC. BARRA")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252013", "10653")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252013", "TRANSBORDO ANTONIOSI ATA 12000; ANO 2012. - FR70628. - LOC. BARRA")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252275", "10662")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252275", "SUCATA DE TRATOR. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252245", "10663")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252245", "SUCATA DE BRAÇO PROLONGADOR. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252246", "10664")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252246", "PENEIRA. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252270", "10665")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252270", "TRANSBORDO SANTAL VT 10; ANO 2011. - FR1003038. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252258", "10667")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252258", "APROX. 10 ROLOS/PC. DE SUCATA DE BORRACHA/LONA. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252252", "10669")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252252", "SEMI REBOQUE RODOFORT SRR PL; ANO 2005/2005; AZUL; COM DOLLY RODOLINEA E TANQUE DE DE FIBRA.(DOLLY SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO.) - FR139677. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252255", "10670")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252255", "SEMI REBOQUE RODOVIARIA SR BS TQ; ANO 1994/1994; BRANCO; COM TANQUE DE FIBRA. - FR14004152. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252247", "10671")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252247", " 2 TRANSBORDOS CIVEMASA TAC 13000; ANO 2005 ~ 2007. - FR4004125/FR5004745. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252263", "10672")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252263", "SEMI REBOQUE PRANCHA RANDON SR CT PL; ANO 1981/1981; CINZA. - FR14004001. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252251", "10673")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252251", "CARRETA DISTRIBUIDORA DE TORTA SOLLUS SPANDER 20.0 CHTD. - FR14003552. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252260", "10674")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252260", "CARRETA DISTRIBUIDORA DE TORTA SOLLUS SPANDER 20.0 CHTD. - PAT.15200. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252269", "10675")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252269", "SEMI REBOQUE IDEROL; ANO 1984/1984; BRANCO; COM TANQUE DE FIBRA. - FR14004019. - LOC. MB")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252268", "10676")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252268", "CARRETA DE SERVIÇOS DIVERSOS. - FR13003170. - LOC. MB")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252254", "10677")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252254", "MOTO BOMBA. - FR13005023. - LOC. MB")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252257", "10679")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252257", "DOLLY. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - FR91901. - VALE DO ROSÁRIO")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252256", "10680")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252256", "SUCATA DE COLHEDORA. (APROX. 15T) - FR11802209. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252250", "10681")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252250", "CARROCERIA TRANSBORDO SANTA IZABEL COM ESTRUTUTA DE CHAPA. - PATR.287051. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252265", "10682")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252265", "CARROCERIA TRANSBORDO SANTA IZABEL. - PATR.287050. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252267", "10683")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252267", "CARROCERIA TRANSBORDO SANTA IZABEL. - PATR.287044. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252272", "10684")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252272", "SUCATA CAMINHÃO VOLKSWAGEN 31.330 CRC 6X4; ANO 2021/2022; BRANCO. - FR11801321. - LOC. VALE DO ROSÁRIO (VENDA SEM DIREITO A DOCUMENTAÇÃO)")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252262", "10685")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252262", "REBOQUE SERNAUTO 001; ANO 2012/2012; AZUL. (AREA DE VIVÊNCIA) - FR10183. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252259", "10686")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252259", "CAMINHÃO MERCEDES BENZ L 2013; ANO 1976/1976; BRANCO. - FR119141. - LOC. JUNQUEIRA (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO)")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252248", "10687")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252248", "CAMINHÃO MERCEDES BENZ L 2220; ANO 1990/1990; BRANCA. - FR92137. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252264", "10688")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252264", "GRADE ARADORA 14 DISCOS. - FR92559. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>24.300,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252273", "10689")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252273", "ELIMINADOR DE SOQUEIRA AGROMATÃO; ANO 2019. - FR122967. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252261", "10690")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252261", "CAMINHÃO MERCEDES BENZ L 2219; ANO 1981/1981; BRANCO. - FR119268. - LOC. JUNQUEIRA  (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO)")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252571", "10695")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252571", "TRATOR VALTRA BH 210i; ANO 2014. - FR173322. - LOC. BENALCOOL")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>107.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252572", "10696")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252572", "TRATOR VALTRA BH210i 4X4; ANO 2014. - FR173323. - LOC. BENALCOOL")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252573", "10697")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252573", "TRATOR VALTRA BT 190 4X4; ANO 2014. - FR81757. - LOC. BENALCOOL")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252372", "10700")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252372", "EQUIPAMENTOS INDUSTRIAIS SUCATEADOS; PRENSA HIDRÁULICA E TROCADOR DE CALOR. - S/FR. - LOC. SERRA")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252381", "10701")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252381", "MOTO BOMBA MWM; ANO 1996. - FR625003. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252373", "10702")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252373", " 1 PAINEL ELÉTRICO; 1 REDUTOR. - S/FR. - LOC. ZANIN ")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252383", "10704")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252383", "ROLO PÉ DE CARNEIRO. - S/FR. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252776", "10707")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252776", "SEMI REBOQUE TRUCK GALEGO SR; ANO 2004/2004; VERDE. - FR3546. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252779", "10708")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252779", " REBOQUE RODOFORT RR CN; ANO 2005/2005; AZUL. - FR14004278. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252782", "10709")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252782", " SEMI REBOQUE RANDON SR CA; ANO 1999/1999; VERDE. - FR10004052. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252778", "10710")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252778", " SEMI REBOQUE RANDON SR CA; ANO 1999/1999; VERDE. - FR10004055. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252780", "10711")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252780", " SEMI REBOQUE RANDON SR CA; ANO 2001/2001; VERDE. - FR10004175.  LOC. CONTINENTAL")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252777", "10712")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252777", "SEMI REBOQUE RODOFORT SRR CN; ANO 2005/2005; AZUL. - FR34284. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252781", "10713")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252781", "REBOQUE TANQUE RODOFORT SRR PL; ANO 2006/2006; AZUL. - FR10004002. - LOC. CONTINENTAL")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251175", "10811")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251175", "SUCATA DE AUTOMÓVEL 1.6 MCA VOLKSWAGEN MOD. PARATI; ANO 2005/2005; BRANCO. (VENDA SEM DIREITO A DOCUMENTAÇÃO.) - FR1006003. - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251176", "10813")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251176", "SUCATA DE CAMINHÃO MERCEDES BENZ. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251172", "10816")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251172", "TRANSBORDO TMA VTX 14000; ANO 2017. - FR14803012. - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251194", "10835")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251194", "TORRE DE OBSERVAÇÃO. - S/FR. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252378", "10846")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252378", "ÔNIBUS MERCEDES BENZ L1318; ANO 1995. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - FR14008001. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251193", "10855")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251193", "CARRETA TANQUE CAP. 5.000 LTS. ANO 2011. - FR92772. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252683", "10859")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252683", "CAMINHÃO MERCEDES BENZ 3344S 6X4; ANO 2014/2014; BRANCO. - FR131240. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251203", "16609")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251203", "TRATOR CASE MX 235; ANO 2013. - FR163502. - LOC. UNIVALEM")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253299", "31114")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253299", "MÁQUINA PARA LIMPEZA DE FILTRO; COR: AMARELA. - S/FR. - LOC. JATAÍ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252223", "31334")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252223", " 7 TRANSFORMADORES A ÓLEO E 2 TRANSFORMADORES A SECO. - S/FR. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>125.500,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251201", "31391")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251201", "TRANSBORDO SANTA IZABEL TCS 12T; ANO 2010. - FR68027. - LOC. JATAÍ")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252225", "31721")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252225", "CARROCERIA TORTA DE FILTRO; ANO 2013. - FR4455088. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252226", "31733")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252226", "TRATOR JOHN DEERE 7210J 4X4; ANO 2016. - FR4435154. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251155", "32089")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251155", " 3 SILOS NAS MEDIDAS: Nº 1 CAP. 193M³ MED. 0,80X6,35X12M (SAI-LP-0009) - Nº 2 CAP. 203M³ MED. 0,80X5,46X12,74M - (SAI-LP-0010) - Nº 3 CAP. 193M³ MED. 0,80X6,35X12M (SAI-LP-0011) UMA TORRE ELEVADORA - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252227", "32164")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252227", "APROX. 57 VÁLVULAS DE MODELOS DIVERSOS. - S/FR. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251206", "32193")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251206", "IMPLEMENTO CULTIV. QUEBRA LOMBO 16 DISCOS. - FR48047. - LOC. IPAUSSU ")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251180", "32194")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251180", "PEÇA DE INOX FERROSO 430; APROX. 10 TON. (LANCE POR KG) - S/FR. - LOC. MARACAÍ ")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251187", "32210")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251187", "ÁREA DE VIVÊNCIA FABRICAÇÃO PRÓPRIA. - S/FR. - LOC. PASSATEMPO ")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251186", "32214")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251186", "HIDRO ROLL IRRIGA BRASIL; ANO 2008. - FR4003078. - LOC. PASSATEMPO ")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>3.500,01</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251182", "32264")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251182", "APROX. 100 PALETES. (LANCE POR UNIDADE) - S/FR. - LOC. ZANIN  ")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252374", "32265")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252374", "MOTOR DE INDUÇÃO TRIFÁSICO WEG HGF 400A- 650VC-690V. - S/FR. - LOC. LAGOA DA PRATA ")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251199", "32266")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251199", "TRANSBORDO SANTA IZABEL TCS 12T; ANO 2010. - FR68029. - LOC. JATAÍ")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251200", "32267")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251200", "TRANSBORDO SMR 10500 10T; ANO 2008. - FR164206. - LOC. JATAÍ ")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252024", "32274")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252024", " 4 BOMBAS HELICOIDAIS SUCATEADAS - 3 ROLOS DE ESTEIRA - REDUTOR TRANSMOTECNICA CAP.98.4 KW 1.250 KG - VÁLVULA STEAM SEAL DN700 - CL150 - EXAUSTOR TECHNOPULP. - S/FR. - LOC. MARACAÍ")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252022", "32275")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252022", "COMPRESSOR DE REFRIGERAÇÃO MOD. 16100 HHACAC - SUCATEADO. - FR169617. - LOC. MARACAÍ")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252029", "32276")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252029", "SUCATA DE PRATELEIRAS CONTENDO 7 SUPORTES E 44 PLATAFORMAS. - S/FR. - LOC. MARACAÍ")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252020", "32277")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252020", "TANQUE CILINDRICO 3600X1980MM - DE OLEO FUSION - INOX FERROSO SUCATEADO. - FR163934. - LOC. MARACAÍ")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252031", "32278")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252031", "SISTEMA  ADIABATICO MOD. SAP-900 COM MOTOR MOD.1 60 CAPAC. 20CV - SUCATEADOS. - FR230517/FR157393. - LOC. MARACAÍ")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252032", "32279")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252032", "SUBSOLADOR; ANO 2012. - FR48104. - LOC. IPAUSSU")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252021", "32280")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252021", "SUBSOLADOR ARADO STARA; ANO 2008. - FR48056. - LOC. IPAUSSU")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>5.100,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252026", "32281")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252026", "APROX. 24 RODAS E PNEUS SUCATEADOS. - S/FR. - LOC. IPAUSSU")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252034", "32282")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252034", "  20 BOMBAS COSTAL DE 20LTS; MARCA JACTO - SUCATEADAS. - S/FR. - LOC. IPAUSSU")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252023", "32283")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252023", "SUCATA ELÉTRICA CONTENDO UM MOTOR WEG1170 CV; 2 MÁQUINAS DE SOLDA; 1 BEBEDOURO E 4 CLIMATIZADORES PARA VEÍCULOS. - S/FR. - LOC. IPAUSSU")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252030", "32284")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252030", "RESERVATÓRIO PARA IMPLEMENTO AGRÍCOLA 550 LTS. - S/FR. - LOC. IPAUSSU")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252025", "32285")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252025", "COLUNA COM APARELHO - AÇO INOX - FABRICANTE CODISTIL; ANO 1980. - PAT.155673. - LOC. PARAGUAÇU")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>14.150,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252033", "32286")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252033", "SUCATA DE COZINHA INDUSTRIAL; VEJA DESCRITIVO DE ITENS. - S/FR - LOC. TARUMÃ")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252035", "32287")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252035", "PONTE ROLANTE DE 5X17,3 M; PESO 10 T. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>54.000,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252027", "32288")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252027", "APROX. 50 VÁLVULAS - GAVETA SUCATEADAS. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>93</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>25.450,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252028", "32289")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252028", " APROX. 17 RODETES SUCATEADOS. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>6.850,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252019", "32290")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252019", "TANQUE DE AÇO CARBONO ÁCIDO SULFURICO NPA 25214. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252195", "32291")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252195", " 2 VOLANDEIRAS DENTES RETOS; DIAM. 3800MM; LARG. 470MM; APROX. 143 DENTES. - S/FR. - LOC. ZANIN")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252224", "32292")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252224", "APROX. 35 MOTORES ELÉTRICOS DE POTÊNCIAS DIVERSAS. - S/FR. - LOC. PASSATEMPO ")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>72.200,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252371", "32293")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252371", "RETROESCAVADEIRA CATERPILLAR 416C. - FR60029. - LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252370", "32294")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252370", "EQUIPAMENTOS DE LABORÁTORIO (REFRATÔMETRO MODELO AO MARK II 10483 - AGITADOR DE SOLUÇÕES  AP56 - AGITADOR VORTEX AP-56/1 - ANALISADOR NIRFLEX SOLIDS - CENTRÍFUGA DE BANCADA MSEUK.) - FR315034/FR267387/FR197307/FR267382/FR173821. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252311", "32296")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252311", "APROX. 44 SUCATAS DE VÁLVULAS. - S/FR. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252384", "32297")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252384", "CAMINHÃO VOLVO FH12 420 6X4T; ANO 2002/2002; BRANCO. - FR14001010. - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252306", "32298")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252306", "CENTRIFUGA GRATT; MOD. GMT620SAN; ANO 2017. - PAT.259617/PAT.205860/PAT.259548. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252561", "32299")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252561", "SUCATA DE LONAS DE CARGAS. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252569", "32300")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252569", "APROX.3 TON. DE SUCATA DE BORRACHA DE ESTEIRA. (LANCE POR KG.) - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252567", "32301")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252567", "SUCATA ELÉTRICA CONTENDO: 8 LIXADEIRAS; 9 MEDIDORES DE GASES; 1 BASE DE CALIBRAÇÃO DOCKMODULE II E 1 PARAFUSADEIRA. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252570", "32302")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252570", "SUCATA DE MOTORES ELETRICOS. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252568", "32303")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252568", "IMPRESSORA PLOTTER HP. - PAT.118939. - LOC. TARUMÃ")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252708", "32304")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252708", "EMPILHADEIRA HIDRAULICA MANUAL 1000 KGS 1600MM PALETRANS. - PAT.138087. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252709", "32305")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252709", "EMPILHADEIRA ELETRICA 12V 1000 KGS 3000 MM PALETRANS. - PAT.170353. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252710", "32306")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252710", "COLUNA  A DE DESTILAÇÃO DIAM. 2800; CAP. 220M³. - S/FR. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>25.850,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253297", "32307")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253297", "CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER; ANO 2010/2010; BRANCO; CARROCERIA BASCULANTE. -  FR22131/FR22108. - LOC. LEME")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>167.000,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253296", "32308")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253296", "CAMINHÃO VOLKSWAGEN 15.180 EURO3 WORKER; ANO 2010/2010; BRANCO. - FR52527. - LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253298", "32309")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253298", "CADEIRAS DE ESCRITÓRIO; AR COND. FREEZER; ARMÁRIOS E PRATELEIRAS DE AÇO; CAIXA TÉRMICA; BEBEDOURO; MACAS E OUTROS. - S/FR. - LOC. JATAÍ")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253300", "32310")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253300", "SUCATA DE MOVEIS E UTENSÍLIOS; APROX. 78 DISPENSERS  DIVERSOS; 31 CADEIRAS E 1 MACA ANTIGA. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253656", "32311")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253656", "CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER; ANO 2007/2007; BRANCO; COM TANQUE DE FIBRA. - FR52482/FR57502. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>140.500,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253667", "32312")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253667", " SUCATA DE TRANSBORDO ANTONIOSI ATA 12000 12T; ANO 2012. - FR123768. - LOC. ZANIN (ARARAQUARA)")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253670", "32313")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253670", " SUCATA DE TRANSBORDO ANTONIOSI ATA 12000 12T; ANO 2012. - FR361433. - LOC. ZANIN (ARARAQUARA)")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253669", "32314")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253669", " SUCATA DE TRANSBORDO ANTONIOSI ATA 12000 12T; ANO 2012. - FR361430. - LOC. ZANIN (ARARAQUARA)")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253671", "32315")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253671", " SUCATA DE TRANSBORDO ANTONIOSI ATA 12000 12T; ANO 2012. - FR361428. - LOC. ZANIN (ARARAQUARA)")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253668", "32316")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253668", " SUCATA DE TRANSBORDO ANTONIOSI ATA 12000 12T; ANO 2012. - FR361610. - LOC. ZANIN (ARARAQUARA)")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254059", "32317")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254059", "APROX. 115 PALETES. (LANCE POR UNIDADE) - S/FR. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>115,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254058", "32318")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254058", "CONJ. CANAV. REBOQUE RANDONSP RQ CA; ANO 2010/2010; BRANCO / SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2008/2008; AZUL. - FR112597/FR88514. - LOC. GASA")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254061", "32319")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254061", "SUCATA DE MOVEIS E UTENSÍLIOS DIVERSOS. - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251151", "32932")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251151", "HIDRO ROLL TURBOMAQ. - FR20164. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251168", "32955")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251168", "ENXADA ROTATIVA HOWARD ENGUNERING LIMITED; ANO 2014. - FR84719. - LOC. JATAÍ")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251154", "33026")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251154", "SILO. - SAI-LP-0008. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251150", "33070")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251150", "ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR25282. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252368", "33092")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252368", "SIMULADOR REALDRIVE. (O EQUIPAMENTO ESTA DESMONTADO FOTO ILUSTRATIVA) - S/FR. - LOC. CAR - PIRACICABA")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251152", "33361")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251152", "SULCADOR 2 LIN. CIVEMASA; ANO 2018. - FR140066. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251153", "33363")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251153", "CULTIVADOR 2L CARDERROLI; ANO 2018. - FR140045. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251179", "33373")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251179", "CARRETINHA SERVIÇOS GERAIS; ANO 2011. - FR57301. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251183", "33377")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251183", "IMPLEMENTO TOMBADOR DE CANA. - S/FR. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251161", "33601")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251161", "SEMI REBOQUE RANDON EQ CA; ANO 2008/2008; AZUL. - FR81979. - LOC. ZANIN ")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>