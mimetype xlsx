--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15270", "1137")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15270", " I/AUDI A4 SEDAN  2.0 TFSI  - AMBIENTE, ANO/MOD 2014/2014, COR BRANCO, COMB. GASOLINA, IPVA, DPVAT 2018 PAGOS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>68.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15277", "1138")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15277", " I/AUDI Q3 2.0TFSI - Attraction, ANO/MOD 2014/2015, COR AZUL, COMB. GASOLINA, IPVA, DPVAT 2018 PAGOS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>80.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15278", "1139")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15278", " I/AUDI Q3 2.0TFSI - Attraction, ANO/MOD 2014/2014, COR BRANCO, COMB. GASOLINA, IPVA, DPVAT 2018 PAGOS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>78.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15273", "1140")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15273", " I/AUDI Q3 2.0TFSI - Attraction, ANO/MOD 2014/2015, COR BRANCO, COMB. GASOLINA, IPVA, DPVAT 2018 PAGOS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>77.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15276", "1141")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15276", " VW/SPACEFOX TREND GII, ANO/MOD 2013/2013, COR PRATA, COMB. FLEX, IPVA, DPVAT 2018 PAGOS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15272", "1142")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15272", " I/VW TIGUAN 2.0 TSI, ANO/MOD 2013/2014, COR AZUL, COMB. GASOLINA, IPVA, DPVAT 2018 PAGOS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15271", "1143")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15271", " I/VW TIGUAN 2.0 TSI, ANO/MOD 2014/2014, COR BRANCO, COMB. GASOLINA, IPVA, DPVAT 2018 PAGOS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15275", "1144")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15275", " I/VW TIGUAN 2.0 TSI, ANO/MOD 2014/2014, COR BRANCO, COMB. GASOLINA, IPVA, DPVAT 2018 PAGOS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15274", "1145")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15274", " I/AUDI A4 LM 170CV - AMBIENTE, ANO/MOD 2014/2015, COR CINZA, COMB. GASOLINA, IPVA, DPVAT 2018 PAGOS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15264", "21000")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15264", "SUCATA VW/NOVO VOYAGE 1.6 CITY, ANO 2013, PRATA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>