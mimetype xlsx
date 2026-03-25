--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251825", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251825", "PRENSA ESTEIRA DE LODO. - LOC. HORTOLÂNDIA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>116</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>26.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251826", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251826", "TANQUE DE CARVÃO ATIVADO OBSOLETO. - LOC. HORTOLÂNDIA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251827", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251827", "PASSARELA COM RASPADOR DO TANQUE DE CONTATO DA ETE. - LOC. HORTOLÂNDIA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251828", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/251828", "TANQUE OBSOLETO DE 5.000 LITROS - LOC. HORTOLÂNDIA/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252276", "104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252276", "APROX. 10 TON. DE SUCATA DE FERRO. - LOC. RIO GRANDE/RS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>