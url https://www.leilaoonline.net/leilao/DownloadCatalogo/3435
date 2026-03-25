--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252681", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252681", "veja o vídeo!! FIAT/TORO FREEDOM AT6; 2019/2020; BRANCA; ALCO./GASOL. - MOTOR FUNCION. - IPVA 2024 OK - FIPE: R$ 93.337,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252288", "025")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252288", "veja o vídeo!! VW/FUSCA 1300 L; 1980/1980; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252290", "030")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252290", "veja o vídeo!! HONDA/CITY DX FLEX; 2010/2011; PRATA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252286", "035")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252286", "veja o vídeo!! CHEV/ONIX 10MT LT2; 2023/2024; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>56.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252291", "040")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252291", "CHEVROLET/MERIVA SS; 2005/2006; COR VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252289", "045")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252289", "RENAULT/CLIO RT 1.0 16V; 2001/2001; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252285", "050")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252285", "veja o vídeo!! FIAT/PALIO WK ADVEN FLEX; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>24.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252296", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252296", "HONDA/CIVIC LX; 2005/2005; DOURADA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252684", "057")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252684", "veja o vídeo!! VW/UP MOVE MA; 2015/2016; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252284", "060")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252284", "veja o vídeo!! I/CHEV TRACKER PREMIER; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252293", "065")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252293", "CHEVROLET/ONIX 1.0MT LT; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252295", "070")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252295", "veja o vídeo!! I/LR FREELANDER 2 SE I6; 2008/2008; PRETA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252287", "075")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252287", "veja o vídeo!! I/M. BENZ A250TURBOSPORT; 2018/2019; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252298", "080")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252298", "HYUNDAI/HB20S 1.6A PREM; 2014/2014; PRETA; ALCO./GASOL. - NÃO FUNCIONA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252297", "085")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252297", "veja o vídeo!! AUDI/A3 1.8T; 2003/2004; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252294", "090")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252294", "veja o vídeo!! VW/FUSCA 1300 L; 1977/1977; AZUL; GASOLINA - FUNCIONANDO ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252292", "095")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252292", "KIA SORENTO EX 2.5 VGT; 2008/2009; COR PRATA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>