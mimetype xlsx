--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252345", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252345", " CAMINHÃO VW 13-130 COM MUNCK HIDRAUGUINCHO 10T. ; ANO: 1986/1986; DIESEL; ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252344", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252344", " CAMINHÃO MB L2213; 01 cardan - ANO: 1984/1984; DIESEL; OBS.: CARROCERIA NÃO ACOMPANHA O LOTE")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252347", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252347", " CAMINHÃO MB L2213; 01 cardan -  ANO: 1984/1984; DIESEL; OBS.: CARROCERIA NÃO ACOMPANHA O LOTE")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>56.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252342", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252342", " CAMINHONETE GM S10 COLINA S; ANO: 2006/2006; DIESEL;")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252346", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252346", " CAMINHONETE FORD F250 TROPICAL; ANO: 2000/2001; DIESEL;")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...79 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252348", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252348", " SEMI-REBOQUE FNV - FRUEHAUF RCR; ANO: 1992/1992; - Somente reboque")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252341", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252341", " Lote com: 3 CARROCERIAS DE CANA INTEIRA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...77 lines deleted...]
-      </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252343", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252343", "Trator Massey Ferguson 65 R; ano 81; implemento moto cana")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>