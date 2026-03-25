--- v0 (2025-10-10)
+++ v1 (2026-03-25)
@@ -269,2715 +269,2379 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252576", "1000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252576", " EMBALADORA/SELADORA HORIZONTAL FLOW PACK / SEM MOTOR ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252580", "1001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252580", " EMBALADORA/SELADORA HORIZONTAL FLOW PACK / SEM MOTOR ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252577", "1002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252577", " INVERSOR DANFOS 3CV / 220V")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252579", "1003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252579", "MASSEIRA  VERTICAL INDUSTRIAL - TRÊS EIXOS - MOTOR 40CV - PESO APROX. 3TON. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252582", "1004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252582", "MASSEIRA VERTICAL INDUSTRIAL - TRÊS EIXOS - MOTOR 40CV - PESO APROX. 3TON. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252578", "1005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252578", "MASSEIRA  VERTICAL INDUSTRIAL - TRÊS EIXOS - MOTOR 40CV - PESO APROX. 3TON. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252584", "1006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252584", "MASSEIRA VERTICAL INDUSTRIAL - TRÊS EIXOS - SEM MOTOR - PESO APROX. 3TON. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252581", "1007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252581", "MASSEIRA VERTICAL INDUSTRIAL - TRÊS EIXOS - SEM MOTOR - PESO APROX. 3TON. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252583", "1008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252583", " FECHADORA DE CAIXAS 450X 450 MM - 2 MOTORES")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252585", "1009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252585", " PRENSA ENFARDADEIRA PARA PET, PAPELÃO, LATINHA E PLÁSTICOS EM GERAL - 800X800 MM - EIXO 4 POLEGADAS - POUCO USO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252586", "1010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252586", " MAQUINA PARA REVISAR E MEDIR TECIDO – LARGURA 1.800MM")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252685", "1011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252685", "FUNIL VIBRATÓRIO COM ROSCA TRANSPOSTADORA - TODA EM INOX  - 550X550MM")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252686", "1012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252686", "PULMÃO DE AR ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252687", "1013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252687", "PENEIRA VIBRATÓRIA 2 MOTORES 1,5CV - TODA EM INOX - COMPRIMENTO 1450MM X LARGURA 750MM")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252783", "1014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252783", "06 UN. INVERSORES DE FREQUENCIA  SENDO ( 1 Danfos 5cv 220v, 2  Danfos 3cv 220v, 1 Weg CFW08 3cv 220v, 1 Toshiba 2cv 220v e  1 Danfos 0,5cv 220v ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252439", "1015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252439", " 01 REDUTOR - RELAÇÃO 1:50")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252787", "1016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252787", "SOFT STARTER WEG SSW007 - 130 amp (220v-575v)(50cv-220v)(75cv-380v)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252465", "1017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252465", "[ VÍDEO ] Compressor Pressure Sobreposto. 40 Pés  - Motor 7,5cv / 220v - Aprox. 400 litros. Com painel")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>8.700,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252466", "1018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252466", "Aprox. 300 peças -  Ventoinha/Cooler ( peças novas (Sem Garantia) Diversos tamanhos, medidas e voltagens.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252440", "1020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252440", " INVERSOR WEG CFW 700 - 220v / 70 AMPERES/ 25cv ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252441", "1021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252441", "INVERSOR WEG CFW 500 - 220v trifasico / 47 AMPERES/ 15cv ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252442", "1022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252442", "INVERSOR WEG CFW 500 - 220v trifasico / 47 AMPERES/ 15cv ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253603", "1023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253603", "APROX. 31 CHAVES TORQUIMETROS E 2 DINAMÔMETRS PARA MOLA E 1 MANÔMETRO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253604", "1024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253604", "14 TRELIÇAS ( 5 MTS DE COMPRIMENTO X 0,30 CM LARGURA )")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252446", "1025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252446", " Bomba de vácuo em inox Motor 10cv Vazão 80-00 Mm cúbicos por hora")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252444", "1027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252444", " Bomba de vácuo em inox Motor 15cv 1.755 rpm Tipo 250/100 Vazão metro cúbico por hora 200")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252447", "1036")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252447", " Bomba d'agua KSB motor 12,5 cv Weg Megabloc 80-50-160")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>6.600,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252450", "1037")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252450", " Bomba d'agua CS thebe Motor Weg 12,5 cv")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252445", "1040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252445", " Bomba d'agua Glass Em INOX Motor weg 7,5 CV")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252451", "1041")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252451", " Moto redutor Relação 1:50 Motor Weg 15cv")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252453", "1042")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252453", " Rosca transportadora Em INOX Completa com motor e redutor Comprimento 3,50m")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252443", "1043")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252443", " Bomba d'agua Motor Weg 7,5cv")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252454", "1052")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252454", " Jato de areia - Nortorf")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252459", "1053")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252459", "[ VÍDEO ] Tamboreador em Aço Inox ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252458", "1054")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252458", " Serra de fita com solda embutida - ( revisada)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252462", "1055")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252462", " Seladora em L ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252456", "1056")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252456", " Alimentador E aquecedor Piovan")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252455", "1057")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252455", " Alimentador E aquecedor Piovan")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252461", "1058")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252461", " Alimentador E aquecedor Piovan")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252457", "1059")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252457", " Recuperador de Refile - marca Sagec R6 - ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252460", "1060")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252460", "[ VÍDEO ] Injetora de PIB - Marca Mega Steel - 380v -")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252463", "1061")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252463", "Moinho de plasticos 30cv boca 400x400 mm")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252464", "1062")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252464", "[ VÍDEO ] Prensa Jundiaí 25 ton")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252386", "2003")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252386", " PLATAFORMA ELEVATÓRIA MANCA ZELOSO MOTOR 3CV-220V ALTURA TOTAL 2,30 PESO MAXIMO 200kg")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252390", "2008")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252390", " REDUTOR TRANSMOTECNICA RELACAD 1:66")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252388", "2009")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252388", " REDUTOR TRANSMOTECNICA RELACAD 1:66")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252387", "2011")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252387", " APROX. 140 PEÇAS BARRA DE APOIO EM U - EM INOX 300мм х 150 ми")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252389", "2017")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252389", " ESTEIRA TRANSPORTADORA C/ MOTOREDUTOR COMPRIMENTO 2,50M")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252415", "2032")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252415", " CHAVE SECCIONADORA ABB 630 A")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252416", "2033")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252416", " CHAVE SECCIONADORA ABB 400A")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252411", "2035")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252411", " DISJUNTOR SCHNEIDER NSX 6302 TETRAPOLAR")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252413", "2036")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252413", " DISJUNTOR SCHNEIDER NSX 6302 TETRAPOLAR")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252414", "2037")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252414", " CHAVE SECCIONADORA SCHNEIDER INS 630 630A")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252425", "2038")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252425", " CHAVE SECCIONADORA SCHNEIDER INS 630 630A")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252412", "2039")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252412", " CHAVE SECCIONADORA SCHNEIDER IN'S 400 TETRAPOLAR 400A")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252423", "2040")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252423", " CHAVE SECCIONADORA SCHNEIDER INS 320 320A")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252429", "2053")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252429", " CAPACITOR TRIFASICO PARA CORREÇÂO DE FATOR DE POTENCIA TIPO SECO MODELO CLMD 43 MARCA ABB")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252431", "2063")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252431", "[ LANCES POR KG ] APROX. 1.300 QUILOS DE RELES TÊRMICO DE SOBRE CARGA AMPERAGENS DE 1,6 A 40 (SEM USO E USADOS) (APROX. 7.000 PÇS.)")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252393", "2172")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252393", " MACACO HIDRAULICO 1 TONELADA. SEM USO.")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252398", "2179")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252398", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252396", "2180")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252396", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252397", "2181")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252397", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252395", "2182")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252395", " MACACO HIDRAULICO 4 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252400", "2193")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252400", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252401", "2194")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252401", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252402", "2195")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252402", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252399", "2196")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252399", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252404", "2197")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252404", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252405", "2198")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252405", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252403", "2200")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252403", " MACACO HIDRAULICO 32 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252407", "2202")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252407", " MACACO HIDRAULICO 50 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252409", "2203")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252409", " MACACO HIDRAULICO 50 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252406", "2205")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252406", " MACACO HIDRAULICO 50 TONELADAS. SEM USO.")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252408", "2211")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252408", " CHAVE DE SEGURANÇA PARA CABO TELEMECANIQUE 3 AMP 400V MOD. XY2-CE1A296 (SEM USO)")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252418", "2212")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252418", " CHAVE DE SEGURANÇA PARA CABO TELEMECANIQUE 3 AMP 400V MOD. XY2-CE1A296 (SEM USO)")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252417", "2215")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252417", " LOAD CONTROLS 15 AMP MOD. PCR 1800 (SEM USO)")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252432", "2216")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252432", "CABEÇOTE PARA EXTRUSÃO DE TUBO DUPLO")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252433", "2217")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252433", "CABEÇOTE PARA EXTRUSÃO DE TUBO ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252434", "2218")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252434", "CABEÇOTE PARA EXTRUSÃO DE TUBO ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252435", "2220")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252435", " Inversor Santerno Sinus 10 cv /30 a / 220v / Revisado")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252436", "2222")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252436", " Inversor WEG CFW08 / 3 cv / 10 a / 220v / Revisado")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252437", "2225")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252437", "Inversor WEG CFW08 / 3 cv / 10 a / 220v / Revisado ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252438", "2226")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252438", "Inversor WEG CFW08 / 3 cv / 10 a / 220v / Revisado ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254060", "2227")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254060", "Girafa para 3 toneladas")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>