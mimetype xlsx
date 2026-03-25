--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252693", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252693", " PÁ CARREGADEIRA CATERPILLAR MOD. 938F ANO 1997")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252690", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252690", " TRATOR DE PNEUS MASSEY FERGUSON MOD. 275 ANO 1984")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252692", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252692", " TRATOR DE PNEUS FORD/NEW HOLLAND MOD. MOD.4630 ANO 1994")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252700", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252700", " TRATOR DE PNEUS NEW HOLLAND MOD. MOD.T8.295 ANO 2017")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252704", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252704", " ESCAVADEIRA CATERPILLAR MOD. 336D ANO 2010")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252689", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252689", " IMPLEMENTO CAÇAMBA BASCULANTE -MARCA EQUISUN - 10M3 ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252695", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252695", " CARROCERIA DE MADEIRA MARCA MADEVALE")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252706", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252706", " IMPLEMENTO TANQUE AMARELO CAPACIDADE 2.000 LITROS ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252694", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252694", " IMPLEMENTO COMBOIO MARCA GASCON MOD. P62493A")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252698", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252698", " IMPLEMENTO TRANSBORDO 12TON MARCA ANTONISI MOD. 1012672 ANO 2010")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252699", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252699", " PERFURATRIZ MARCA LOMBARDI")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252703", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252703", " 20 UN. MOTOR HIDRAULICO CHARLYN DIVERSOS - JOHN DEERE MOD. AXT13783")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252702", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252702", " 09 UN. ROLETES - JOHN DEERE MOD. CB1513326")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252705", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252705", " 02 UN. PISTÕES PLANTADEIRA MB MARCA MOCDROL MOD. 4004084")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252691", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252691", " 06 UN. PISTÕES ESTÁGIOS MARCA MOCDROL MOD. 40009282")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252707", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252707", " 02 UN. PNEUS TRELLEBORG MOD. 710/70R38")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252697", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252697", " 01 UN. PNEU TRELLEBORG MOD. 850/60R38")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252696", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252696", " 02 UN. RODAS COLHEITADEIRAS MASSEY FERGUSON ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252701", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252701", " 02 UN. RODAS DE TRATOR LINHA 700 MASSEY FERGUSON MOD. 6304287M91")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253401", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253401", "CAMINHÃO M.BENZ/L1513  ANO 1973/1973 - COR VERMELHA - DIESEL - GUINDASTE  3,5 TON")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253975", "030")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253975", " ESCAVADEIRA KOMATSUMOD. PC200 ANO 2009")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>147.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253978", "031")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253978", " TANQUE JAFIP CAPAC. 9.000 LITROS ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253979", "032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253979", " PRANCHA REBOQUE / LENÇOIS ANO 2002/2002 - COR AMARELA - 2 EIXOS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253976", "033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253976", " TANQUE INOX CAPAC. 8.000 LITROS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253977", "034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253977", " TANQUE CAPAC. 14.000 LITROS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253983", "035")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253983", " COMPACTADOR PLANALTO ANO 2010")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253988", "036")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253988", " COMPACTADOR PLANALTO ANO 2010")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253985", "037")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253985", " COMPACTADOR PLANALTO ANO 2010")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253980", "038")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253980", " MINIESCAVADEIRA REBOCÁVEL")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253981", "039")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253981", " IVECO/STRALIS HD 380 6X2 ANO 2007/2007 - COR BRANCA - DIESEL - ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253986", "040")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253986", " HYUNDAI /HR HDB ANO 2010/2011 - DIESEL - COR BRANCA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253982", "041")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253982", " FORA DE ESTADA - SCANIA / R470 ANO 2007 6X4 - AUTOMÁTICO / CAÇAMBA BASCULANTE MEIA CANA MARCA ROSSETTI ANO 2008")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...185 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253984", "042")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253984", " IVECO/DAILY ANO 2011/2012 - COR BRANCA - DIESEL - PLATAFORMA HIDRÁULICA 6 METROS ANO 2023, COM GIROFLES/CAIXA DE FERRAMENTAS/CINTA E REDUTOR")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253994", "043")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253994", "CARROCERIA BORRACHARIA GASCOM ANO 2012")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...862 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254792", "044")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254792", "EMPILHADEIRA YALE ANO 1990 - CAPAC. 2,5 TON. - MOTOR OPALA 4CC - TORRE DUPLEX  - GLP ( NÃO ACOMPANHA BUJÃO)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>