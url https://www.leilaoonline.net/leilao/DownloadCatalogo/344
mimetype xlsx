--- v0 (2025-12-25)
+++ v1 (2026-03-30)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15237", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15237", " GUINDASTE; MARCA: SANY; MODELO: STC 75; 2013/2013; PL.: LQW-7181; CH.: 962S7543XDS000012; CAPACIDADE: 75 T; KM: 5000; HORÍMETRO: 1600 H.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15236", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15236", " RETROESCAVADEIRA; MARCA: CASE; MODELO: 580L; ANO.: 1998; SÉRIE: JHS0037203; OBS.: FUNCIONANDO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15234", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15234", " TRATOR DE ESTEIRA; MARCA: NEW HOLLAND; MODELO: D-130; ANO: 2005; CH.: N5ACO1035.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15247", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15247", " CAMINHÃO VW 18-310; 2002/2003; BRANCA; DIESEL; PL.: LOK-9427; CH.: 9BWDR82T83R302459; PNEUS: NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15245", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15245", " CAMINHÃO TANQUE MB 1313; 1981/1981; BRANCA; DIESEL; PL.: KUE-1352 CH.:34500312539228 ; PNEUS: NO ESTADO. OBS.: TURBINADO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15240", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15240", " CAMINHÃO MADEIRA ABERTA MB 1113 4X4; 1974/1974; AZUL; DIESEL; PL.: MCS-1840; CH.: 34413312000881; PNEUS: NO ESTADO. OBS.: DIREÇÃO HIDRÁULICA E FREIOS À AR")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15244", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15244", " CAMINHÃO VOLVO FH 12 420 6X4; 2001/2001; BRANCA; DIESEL; PL.: GXM-3693; CH.: 9BVA4DA01E676301; PNEUS: NO ESTADO.(lLOTE SEM A PRANCHA.  PRANCHA SERÁ VENDIDA SEPARADAMENTE NO  LOTE 09)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15241", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15241", " PRANCHA REBOQUE RODOVIÁRIO; ANO: 1978/1978; AMARELA; PL.: KTG-2430; CH.: 51462467; 3 EIXOS. PNEUS: NO ESTADO.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15243", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15243", " MUNCK; MARCA: MASAL; MODELO: 40; COM 4"; COM 3 MANUAIS. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15248", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15248", " EMPILHADEIRA; MARCA: HYSTER; MODELO: H90J; ANO: 1996; CAPACIDADE: 4.5 T; DIESEL.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15235", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15235", " SUCATA DE REBOQUE (SEM DOCUMENTO).")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15242", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15242", " TANQUE PIPA; CAP.: 15000 L.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15239", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15239", " DIVISÓRIAS DIVERSAS.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15246", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15246", " SAPINHO ELÉTRICO. OBS.: FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15265", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15265", "ROLO COMPACTADOR LISO; MARCA: XCMG; MODELO: XS120PD; ANO: 2008; COM KIT PATA; OBS.: PAROU FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15266", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15266", "ESCAVADEIRA HIDRÁULICA; MARCA: SANY; MODELO: ST215C; ANO: 2013; H: 1000; OBS.: PAROU FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15267", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15267", "ESCAVADEIRA HIDRÁULICA; MARCA: SANY; MODELO: ST215C; ANO: 2011; H: 3400; OBS.: PAROU FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15268", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15268", "MUNCK; MARCA: LUNA; MODELO: LN57508BR; ANO: 2011; COM 5 LANÇAS HIDRÁULICAS E 3 MANUAIS.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...478 lines deleted...]
-      </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15269", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15269", "ROLO COMPACTADOR PÉ DE CARNEIRO; MARCA: XCMG; MODELO: XS120PD; ANO: 2011; TRAÇADO; OBS.: PAROU FUNCIONANDO,")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15233", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15233", " PLAINA DE MESA FRESADORA; MARCA: CHINELATTO; MODELO: PF-3; ANO: 2006; C/ CABEÇOTE FRESADOR DE 4 VELOCIDADES; CAPACIDADE DE USINAGEM: 3000 x 1300 x 1000 MM. OBS.: SISTEMA DIGITAL DE COORDENADAS NÃO ESTÁ INCLUSO NO LOTE. MAIORES INFORMAÇÕES NO ARQUIVO ANEXO.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>