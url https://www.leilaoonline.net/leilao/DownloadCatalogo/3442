--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252596", "030")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252596", "veja o vídeo!! FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252595", "035")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252595", "AMBULÂNCIA I/M. BENZ REVESCAP AMB SR; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>46.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252588", "040")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252588", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; MOD 2021; BRANCA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252593", "045")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252593", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252592", "050")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252592", "SMART FORTWO COUPE 62; 2010/2010; COR FANTASIA; GASOLINA - FUNCIONADO - IPVA 2024 OK")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252587", "055")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252587", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252589", "060")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252589", "TOYOTA HILUX SW4 SRV 4X4; 2008/2009; COR PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252590", "065")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252590", "GOL 1.6; 2009/2010; COR BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252594", "070")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252594", "AMBULÂNCIA I/M. BENZ 415 ALLTECH AMB; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA - IPVA 2024 OK")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>41.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252591", "075")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252591", "CHEVROLET S10 ADV FD2; MOD 2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>