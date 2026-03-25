--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252717", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252717", " GRUPO GERADOR STEMAC 400KVA WEG MOTOR CUMMINS ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252723", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252723", " COMPRESSOR INCOMAR TIPO BITZER")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252726", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252726", " COMPRESSOR INCOMAR TIPO BITZER ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252730", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252730", " COMPRESSOR BITZER")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252728", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252728", " ELEVADOR MONTA CARGA PLATAFORMA 1X1M X 2,85M ALTURA X 600KG")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252732", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252732", " TUNEL DE ENCOLHIMENTO WELDOTRON 550 X 250CM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252720", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252720", " PLAINA DE MESA OMIL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252721", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252721", " SELADORA TERMO ENCOLHÍVEL TECTRON CKB40")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252734", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252734", " SELADORA TERMO ENCOLHÍVEL DAL PACK 500")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252733", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252733", " BOBINADOR E DESBOBINADOR ELÉTRICO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252725", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252725", " PISTA DE PATINAÇÃO NO GELO SINTÉTICA ECOLÓGICA 150M² JÁ DESMONTADA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252750", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252750", " AGITADOR DE PENEIRAS VIBRATÓRIO PRODUTESTE TELASTEM 6 ESTÁGIOS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252745", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252745", " MÁQUINA PARA FECHAMENTO DE CAIXAS DE PAPELÃO COM FITA ADESIVA MARCA CYKLOP")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252747", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252747", " SERRA DE FITA HORIZONTAL ROMARFRA 250MM")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>18.400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252758", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252758", " SERRA DE FITA HORIZONTAL ETT 250MM")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252756", "022")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252756", " BOMBA DE ENGRENAGEM 3 CV SEM USO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252746", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252746", " CARRINHO PALETEIRO EM AÇO INÓX")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252755", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252755", " TRANSPALETEIRA MANUAL 165CM 800KG")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.450,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252744", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252744", " BOMBA DE VÁCUO EDWARDS E2M5 0,5CV")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252751", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252751", " PRENSA BALANCIM DE CORTE HIDRÁULICO POPPI")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252754", "028")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252754", " PRENSA BALANCIM DE CORTE HIDRÁULICO POPPI")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252753", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252753", " MÁQUINA DE COSTURA VIGORELLI")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252757", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252757", " MÁQUINA PARA CORTAR VERGALHÃO ATÉ 7/8'' SOMAR")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252761", "031")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252761", " DOBRADEIRA MANUAL 1 METRO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252764", "032")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252764", " RACK FECHADO SERVIDOR C80 CM X L115 CM X H215 CM - CÓD. 1531")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252760", "033")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252760", " ARMÁRIO COM VENTILAÇÃO COM PRATELEIRAS DE INÓX")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252759", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252759", " BATEDOR MISTURADOR PLANETÁRIA AÇO INÓX")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252765", "035")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252765", " BANCADA DE FERRO 160 X 75 X 76 CM")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...89 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252763", "036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252763", " FURADEIRA DE COLUNA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252766", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252766", " TORNO MECÂNICO DE BANCADA SANCHES BLANES ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252762", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252762", " GRAB CLAMSHELL PORTUÁRIO BATELÃO CONCHA 0,5M3 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252770", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252770", " ESCADA DE ALUMÍNIO DUPLA EXTENSÍVEL 17 DEGRAUS ATINGINDO ATÉ 8M")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252772", "043")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252772", " MOTOBOMBA KSB MOTOR 40 CV")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252769", "045")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252769", " MOTOBOMBA KSB MOTOR 40 CV")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252775", "046")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252775", " MOTOBOMBA KSB MOTOR 40 CV")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252774", "047")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252774", " EQUIPAMENTOS ELÉTRICOS DIVERSOS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...926 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252773", "048")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/252773", " ENCARTELADORA SKIN RAL-TEC")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>