--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,3195 +269,2799 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253307", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253307", " Bomba Hidráulica")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253305", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253305", " Bomba comercial para caminhões caçamba")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253313", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253313", " Bomba de transferência")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253304", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253304", " Bomba Auto escorvante")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253308", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253308", " Bomba de transferência")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253310", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253310", " Bomba Hidráulica")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253303", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253303", " Blower soprador 3"")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253316", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253316", " Bomba Hidráulica")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253317", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253317", " Bomba auto escorvante com motor")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253318", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253318", " Mangueira de ar comprimido e oxigênio")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253320", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253320", " Válvulas de inox e bronze")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253302", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253302", " Lote com: 10 pçs de filtro CAT - sem uso")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253315", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253315", " Bomba D'água lavadora de pistão")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253309", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253309", " Blower soprador 3"")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253311", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253311", " Moto vibrador para peneiras vibratórias 1/2Hp")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253321", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253321", " Bomba D'água lavadora de pistão")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253301", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253301", " Redutor 90º 2.1/2x1 - 15Hp")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253306", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253306", " Redutor 10x1 - 25Hp")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253314", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253314", " Redutor para misturador vertical 25x1 - 25Hp")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253319", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253319", " Multiplicador 1x 2,5")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253312", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253312", " Moto vibrador para peneira vibratórias - 1Hp")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253322", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253322", " Bomba D'água lavadora de pistão")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253323", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253323", " Motor hidráulico eixo de saída 5" - Alto torque")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253326", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253326", " Moto vibrador para peneiras vibratórias 1/2Hp")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253328", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253328", " Bomba triplex - Sem Uso")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253324", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253324", " Redutor 1x35 - 20 Hp eixo vazado 60mm - Sem uso")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253325", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253325", " Bomba Auto escorvante - Desmi - 10Hp - Sem uso")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253327", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253327", " Multiplicador 1x2,5")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253336", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253336", " Moto Vibrador para peneiras vibratórias 1Hp")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253334", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253334", " Unidade hidráulica - 24 Volts")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253329", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253329", " Bomba de massa e produtos viscosos")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253337", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253337", " Bomba de vácuo anel liquido em inox 3"")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253330", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253330", " Lote com: 02 unidades de acoplamento Vulkan Tipo E 240S ( 240X180mm)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253357", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253357", " Troyer para pórtico - 5 Ton.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253335", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253335", " Moto vibrador para peneiras vibratórias 1,5Hp")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253332", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253332", " Bomba Hidráulica")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253331", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253331", " Bomba Wap - 06 pistões de alta pressão para motor de 40Hp - Sem motor")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253343", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253343", " Polia 04 bornes C 780mm")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253340", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253340", " Blower soprador 3"")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253333", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253333", " Bomba de transferência")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253338", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253338", " Moto vibrador para peneiras vibratórias 1,5Hp")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253344", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253344", " Multiplicador 1 x 2,5")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253346", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253346", " Umidificador intensivo BI-MIX 30-55/180-22 Sangati Berga")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253352", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253352", " Lote com: 02 unidades de acoplamento Vulkan Tipo E 240S ( 240X180mm)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253339", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253339", " Bomba Walkesha de lóbulos Mod. 130 - Em inox - Produtos alimenticios, massas, quimicos ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253347", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253347", " Redutor eixo vazado 12x1 para motor de 40Hp - Sem uso")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253353", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253353", " Blower soprador 3"")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253349", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253349", " Bomba de transferência")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253348", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253348", " Moto vibrador para peneiras vibratórias 3Hp")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253366", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253366", " Lote de ferramentas: Esmerilhadeiras, furadeiras elétricas e pneumáticas")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253351", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253351", " Conjunto oxi-médico - emergência respiratória")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253342", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253342", " Lote com: 10 pçs de filtro CAT - sem uso")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253341", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253341", " Redutor para misturador 20x1")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253350", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253350", " Redutor dupla redução sem fim - eixo de 4" 37x1")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253345", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253345", " Blower soprador 3"")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253363", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253363", " Máquina de solda ESAB - funcionando")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253368", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253368", " Lote com: 02 unidades de acoplamento Vulkan Tipo E 240S ( 240X180mm)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253358", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253358", " Motor freio à prova de explosão - 3Hp WEG")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253359", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253359", " Lote com: 10 pçs de filtro CAT - sem uso")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253356", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253356", " Bomba dosadora SPX Bran Luebber novados H 5 - sem uso")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253373", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253373", " Unidade compressora parafuso Atlas Copco GA55 - P/N 1616 6551 80")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>8.400,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253382", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253382", " Lote de ferramentas pneumáticas - sem uso")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253372", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253372", " Lote com: 02 unidades de acoplamento Vulkan Tipo E 240S ( 240X180mm)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253384", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253384", " Válvula de controle Fisher - Type V270  Size NPS 8 - Sem uso")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.700,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253355", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253355", " Válvula de controle Fisher - Type V150 SER - Size 10 - Sem uso")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253389", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253389", " Batedeira Hobart Legacy Mod. HL300 - 220 Volts - 30 litros - Sem uso")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253388", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253388", " Redutor planetário Brevini 85x1 - Angular modelo EC3320/FE - Entrada 2" - Saída 4" - sem uso")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253391", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253391", " Válvula de controle Virgo Valves Class DN 100 - sem uso")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253380", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253380", " Soprador/Bomba de vácuo Robuschi RBS 86 F trilobular 8" - Sem uso")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253387", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253387", " Guincho Hidráulico Braden 20 ton")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253395", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253395", " Lote com: 02 unidades de acoplamento Vulkan Tipo E 240S ( 240X180mm)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253374", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253374", " Lote com: 02 unid. Válvulas de controle Micromazza - sem uso")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253377", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253377", " Soprador/Bomba de vácuo Omel SRH 2138 - 8"")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253398", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253398", " Lote com: 10 pçs de filtro CAT - sem uso")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253393", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253393", " Bomba D'Água ALLIS - INOX - 18" entrada x 14" saída - rotor 25" - vazão 1.800 M³/H  -175 PSI  - 79,6 MCA  -1180 RPM - Diam. Rotor 25,60" ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253390", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253390", " Válvula de controle Cameron W-K-M Dyna Seal mod. 370CT - size 8 - class 150 Alt")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253383", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253383", " BOMBA CENTRÍFUGA DE DUPLA SUCÇÃO MARCA DESMI TIPO DSL 400X498- BRONZE  - Cap. 6.200 m3/H. (27300 US gpm) em 50Hz - ou 7400m3/H ( 32600 US gpm ) em 60 Hz - Pressão 25 bar - Temp. Max de trabalho 150°C - Motor de 250 até 365 HP de 6 polos a 4 polos -Aplicação Naval,  Offshore, Aquacultura, Defesa, Pr")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>93.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253379", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253379", " Válvula de controle Fisher Type D - Size 2 - Body STL")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>4.700,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253394", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253394", " Lote com: 20 pçs de filtro CAT - sem uso")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253364", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253364", "Acessórios Náuticos diversos.  ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253396", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253396", " MOTOR ALSTOM /GE  SEM USO - GE - 375 KW (502 Hp) - 3.574 RPM - IP 55 - 6600V - 37.5 A 60 HZ -  TYPE F3RXCN355 G/2  COM CONTROLE DE QUALIDADE APROVADO  DA  GE ENERGY - PARQUE INDUSTRIAL DE CAMPINAS – SP")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253397", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253397", "Lote com: 02 unid.  Válvula de controle Fisher Type D - Size 2 - Body STL")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>9.400,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253360", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253360", " Guincho hidráulico - 3 Ton.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>9.400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253354", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253354", " Lote com: 02 unidades de acoplamento Vulkan Tipo E 240S ( 240X180mm)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253375", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253375", " Lote com: 20 pçs de filtro CAT - sem uso")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253376", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253376", " Lote de peças de lanterna traseira de Land Rover Defender 110")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253385", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253385", " Lote com: 03 unid. Interruptor sensor de vibração de máquinas")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253362", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253362", " Redutor Sew - redução 1x 129 - 10Hp - Eixo de saída 4" - S/motor")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253365", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253365", " Moto redutor SEW - redução 1x68 - 5HP")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253361", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253361", " Motor WEG com freio eletromagnético - monofásico 7,5Hp")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253386", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253386", " Redutor Sew - Eixo de saída 3" - 10HP - redução 1x44")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253369", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253369", " Motor WEG 15HP - 8 polos 220/380 - Com freio eletromagnético")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253370", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253370", " Redutor Sew - Eixo de saída 3" - 10HP - redução 1x44")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253367", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253367", " Lote com: 20 pçs de filtro CAT - sem uso")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253392", "096")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253392", " Lote com: 03 unidades de freios eletromagnéticos para motores elétricos")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...410 lines deleted...]
-      <c r="E40" s="5" t="inlineStr">
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253378", "097")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253378", " Lote com: 10 pçs de filtro CAT - sem uso")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253399", "098")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253399", " Lote com: 04 mancais com rolamentos e buchas completos 80mm. Interno")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F40" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253371", "099")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253371", " Lote com: 20 pçs de filtro CAT - sem uso")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...1982 lines deleted...]
-      </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253381", "100")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253381", " Motor Siemens 10 HP - 2 polos 220/380 Volts")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>